--- v0 (2026-01-08)
+++ v1 (2026-01-09)
@@ -27,51 +27,51 @@
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="500" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Medicine for use outside EU" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Medicine for use outside EU'!$A$9:$P$9</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="230">
   <si>
     <t>Content type:</t>
   </si>
   <si>
     <t>Opinion on medicines for use outside EU</t>
   </si>
   <si>
     <t>Output automatically generated from content on www.ema.europa.eu on:</t>
   </si>
   <si>
-    <t>07/01/2026 - 18:00</t>
+    <t>09/01/2026 - 18:00</t>
   </si>
   <si>
     <t>Name of medicine</t>
   </si>
   <si>
     <t>EMA opinion number</t>
   </si>
   <si>
     <t>EMA opinion status</t>
   </si>
   <si>
     <t>Active substance</t>
   </si>
   <si>
     <t>International non-proprietary name (INN) / common name</t>
   </si>
   <si>
     <t>Therapeutic area (MeSH)</t>
   </si>
   <si>
     <t>ATC code (human)</t>
   </si>
   <si>
     <t>Latest procedure affecting product information</t>
   </si>