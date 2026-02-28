--- v0 (2026-02-28)
+++ v1 (2026-02-28)
@@ -27,51 +27,51 @@
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="500" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="DHPC" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'DHPC'!$A$9:$P$9</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="982">
   <si>
     <t>Content type:</t>
   </si>
   <si>
     <t>Direct healthcare professional communication (DHPC)</t>
   </si>
   <si>
     <t>Output automatically generated from content on www.ema.europa.eu on:</t>
   </si>
   <si>
-    <t>28/02/2026 - 06:00</t>
+    <t>28/02/2026 - 18:00</t>
   </si>
   <si>
     <t>Category</t>
   </si>
   <si>
     <t>Name of medicine</t>
   </si>
   <si>
     <t>Procedure number</t>
   </si>
   <si>
     <t>Active substances</t>
   </si>
   <si>
     <t>DHPC type</t>
   </si>
   <si>
     <t>Regulatory outcome</t>
   </si>
   <si>
     <t>Referral name</t>
   </si>
   <si>
     <t>ATC code (human)</t>
   </si>