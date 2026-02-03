--- v0 (2025-12-24)
+++ v1 (2026-02-03)
@@ -16,127 +16,184 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="500" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Shortage" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Shortage'!$A$9:$N$9</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="521">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="523">
   <si>
     <t>Content type:</t>
   </si>
   <si>
     <t>Shortage</t>
   </si>
   <si>
     <t>Output automatically generated from content on www.ema.europa.eu on:</t>
   </si>
   <si>
-    <t>24/12/2025 - 06:00</t>
+    <t>03/02/2026 - 06:00</t>
   </si>
   <si>
     <t>Category</t>
   </si>
   <si>
     <t>Medicine affected</t>
   </si>
   <si>
     <t>Supply shortage status</t>
   </si>
   <si>
     <t>International non-proprietary name (INN) or common name</t>
   </si>
   <si>
     <t>Therapeutic area (MeSH)</t>
   </si>
   <si>
     <t>Pharmaceutical forms affected</t>
   </si>
   <si>
     <t>Strengths affected</t>
   </si>
   <si>
     <t>Availability of alternatives</t>
   </si>
   <si>
     <t>Start of shortage date</t>
   </si>
   <si>
     <t>Expected resolution date</t>
   </si>
   <si>
     <t>Expected resolution</t>
   </si>
   <si>
     <t>First published date</t>
   </si>
   <si>
     <t>Last updated date</t>
   </si>
   <si>
     <t>Shortage URL</t>
   </si>
   <si>
     <t>Human</t>
   </si>
   <si>
+    <t>Fludarabine</t>
+  </si>
+  <si>
+    <t>Ongoing</t>
+  </si>
+  <si>
+    <t>fludarabine</t>
+  </si>
+  <si>
+    <t>Leukemia</t>
+  </si>
+  <si>
+    <t>Concentrate for solution for injection/infusion</t>
+  </si>
+  <si>
+    <t>25 mg/ml</t>
+  </si>
+  <si>
+    <t>Unknown</t>
+  </si>
+  <si>
+    <t>The shortage is expected to last until December 2025.</t>
+  </si>
+  <si>
+    <t>11/03/2024</t>
+  </si>
+  <si>
+    <t>22/01/2026</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/shortages/fludarabine</t>
+  </si>
+  <si>
+    <t>Ozempic</t>
+  </si>
+  <si>
+    <t>Resolved</t>
+  </si>
+  <si>
+    <t>semaglutide</t>
+  </si>
+  <si>
+    <t>Diabetes Mellitus, Type 2</t>
+  </si>
+  <si>
+    <t>Pre-filled pen</t>
+  </si>
+  <si>
+    <t>1 mg;0.5 mg;0.25 mg</t>
+  </si>
+  <si>
+    <t>Yes</t>
+  </si>
+  <si>
+    <t>19/10/2022</t>
+  </si>
+  <si>
+    <t>13/01/2026</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/shortages/ozempic</t>
+  </si>
+  <si>
     <t>Fiasp PumpCart (insulin aspart)</t>
   </si>
   <si>
-    <t>Ongoing</t>
-[...1 lines deleted...]
-  <si>
     <t>insulin aspart</t>
   </si>
   <si>
     <t>Solution for injection in a cartridge</t>
   </si>
   <si>
     <t>100 units/mL</t>
   </si>
   <si>
-    <t>Yes</t>
-[...1 lines deleted...]
-  <si>
     <t>08/05/2025</t>
   </si>
   <si>
     <t>12/05/2025</t>
   </si>
   <si>
     <t>18/12/2025</t>
   </si>
   <si>
     <t>https://www.ema.europa.eu/en/medicines/human/shortages/fiasp-pumpcart-insulin-aspart</t>
   </si>
   <si>
     <t>NovoRapid PumpCart (insulin aspart)</t>
   </si>
   <si>
     <t>https://www.ema.europa.eu/en/medicines/human/shortages/novorapid-pumpcart-insulin-aspart</t>
   </si>
   <si>
     <t>Insulin lispro Sanofi</t>
   </si>
   <si>
     <t>insulin lispro</t>
   </si>
   <si>
     <t>Solution for injection in a cartridge;Solution for injection in pre-filled pen</t>
@@ -144,53 +201,50 @@
   <si>
     <t>100 units/ml solution for injection in cartridges;100 units/ml solution for injection in pre-filled pen</t>
   </si>
   <si>
     <t>The expected duration of the shortage is unknown.</t>
   </si>
   <si>
     <t>08/12/2025</t>
   </si>
   <si>
     <t>https://www.ema.europa.eu/en/medicines/human/shortages/insulin-lispro-sanofi</t>
   </si>
   <si>
     <t>Dynastat</t>
   </si>
   <si>
     <t>parecoxib</t>
   </si>
   <si>
     <t>Powder and solvent for solution for injection;Powder for solution for injection</t>
   </si>
   <si>
     <t>40 mg</t>
   </si>
   <si>
-    <t>Unknown</t>
-[...1 lines deleted...]
-  <si>
     <t>January 2026 in Malta; February 2026 in Greece; March 2026 in Cyprus and France; July 2026 in Bulgaria and Norway</t>
   </si>
   <si>
     <t>14/04/2025</t>
   </si>
   <si>
     <t>04/12/2025</t>
   </si>
   <si>
     <t>https://www.ema.europa.eu/en/medicines/human/shortages/dynastat</t>
   </si>
   <si>
     <t>ADHD medicines</t>
   </si>
   <si>
     <t>atomoxetine;methylphenidate;lisdexamfetamine</t>
   </si>
   <si>
     <t>Attention Deficit Disorder with Hyperactivity</t>
   </si>
   <si>
     <t>Various presentations in various strengths</t>
   </si>
   <si>
     <t>Depending on the medicine and the EEA country, the shortage may continue until the end of 2025.</t>
@@ -309,53 +363,50 @@
   <si>
     <t>https://www.ema.europa.eu/en/medicines/human/shortages/insulin-human-insulin-various-short-rapid-intermediate-mixed-long-acting-forms</t>
   </si>
   <si>
     <t>Salbutamol inhalation products</t>
   </si>
   <si>
     <t>salbutamol</t>
   </si>
   <si>
     <t>Asthma;Pulmonary Disease, Chronic Obstructive</t>
   </si>
   <si>
     <t>Inhaler;Nebuliser solution</t>
   </si>
   <si>
     <t>05/06/2024</t>
   </si>
   <si>
     <t>https://www.ema.europa.eu/en/medicines/human/shortages/salbutamol-inhalation-products</t>
   </si>
   <si>
     <t>Cyanokit</t>
   </si>
   <si>
-    <t>Resolved</t>
-[...1 lines deleted...]
-  <si>
     <t>hydroxocobalamin</t>
   </si>
   <si>
     <t>Poisoning</t>
   </si>
   <si>
     <t>Powder for solution for infusion</t>
   </si>
   <si>
     <t>19/12/2024</t>
   </si>
   <si>
     <t>30/10/2025</t>
   </si>
   <si>
     <t>https://www.ema.europa.eu/en/medicines/human/shortages/cyanokit</t>
   </si>
   <si>
     <t>Pazenir</t>
   </si>
   <si>
     <t>paclitaxel</t>
   </si>
   <si>
     <t>Breast Neoplasms</t>
@@ -531,56 +582,50 @@
   <si>
     <t>15 mg</t>
   </si>
   <si>
     <t>01/05/2020</t>
   </si>
   <si>
     <t>Shortages are expected to continue until the end of 2026.</t>
   </si>
   <si>
     <t>08/11/2021</t>
   </si>
   <si>
     <t>18/09/2025</t>
   </si>
   <si>
     <t>https://www.ema.europa.eu/en/medicines/human/shortages/visudyne</t>
   </si>
   <si>
     <t>Victoza</t>
   </si>
   <si>
     <t>liraglutide</t>
   </si>
   <si>
-    <t>Diabetes Mellitus, Type 2</t>
-[...4 lines deleted...]
-  <si>
     <t>6 mg/ml</t>
   </si>
   <si>
     <t>03/08/2023</t>
   </si>
   <si>
     <t>05/09/2025</t>
   </si>
   <si>
     <t>https://www.ema.europa.eu/en/medicines/human/shortages/victoza</t>
   </si>
   <si>
     <t>Zypadhera</t>
   </si>
   <si>
     <t>olanzapine</t>
   </si>
   <si>
     <t>Powder and solvent for prolonged-release suspension for injection</t>
   </si>
   <si>
     <t>210 mg;300 mg;405 mg</t>
   </si>
   <si>
     <t>October 2025</t>
@@ -903,77 +948,53 @@
   <si>
     <t>Creon</t>
   </si>
   <si>
     <t>pancreas powder;pancrelipase</t>
   </si>
   <si>
     <t>Pancreatic Diseases</t>
   </si>
   <si>
     <t>Capsule, hard</t>
   </si>
   <si>
     <t>10,000 units;25,000 units;35,000 units</t>
   </si>
   <si>
     <t>Second half of 2026</t>
   </si>
   <si>
     <t>29/04/2024</t>
   </si>
   <si>
     <t>https://www.ema.europa.eu/en/medicines/human/shortages/creon</t>
   </si>
   <si>
-    <t>Fludarabine</t>
-[...19 lines deleted...]
-  <si>
     <t>Rybelsus</t>
   </si>
   <si>
-    <t>semaglutide</t>
-[...1 lines deleted...]
-  <si>
     <t>Tablet</t>
   </si>
   <si>
     <t>3 mg;7 mg;14 mg</t>
   </si>
   <si>
     <t>11/07/2023</t>
   </si>
   <si>
     <t>22/01/2024</t>
   </si>
   <si>
     <t>https://www.ema.europa.eu/en/medicines/human/shortages/rybelsus</t>
   </si>
   <si>
     <t>Integrilin</t>
   </si>
   <si>
     <t>eptifibatide</t>
   </si>
   <si>
     <t>Angina, Unstable;Myocardial Infarction</t>
   </si>
   <si>
     <t>Solution for injection;Solution for infusion</t>
@@ -981,65 +1002,50 @@
   <si>
     <t>2 mg/ml (solution for injection);0.75 mg/ml (solution for infusion)</t>
   </si>
   <si>
     <t>17/01/2024</t>
   </si>
   <si>
     <t>https://www.ema.europa.eu/en/medicines/human/shortages/integrilin</t>
   </si>
   <si>
     <t>Abraxane</t>
   </si>
   <si>
     <t>Breast Neoplasms;Pancreatic Neoplasms;Carcinoma, Non-Small-Cell Lung</t>
   </si>
   <si>
     <t>Powder for dispersion for injection</t>
   </si>
   <si>
     <t>11/05/2023</t>
   </si>
   <si>
     <t>https://www.ema.europa.eu/en/medicines/human/shortages/abraxane</t>
   </si>
   <si>
-    <t>Ozempic</t>
-[...13 lines deleted...]
-  <si>
     <t>Hycamtin</t>
   </si>
   <si>
     <t>topotecan</t>
   </si>
   <si>
     <t>Ovarian Neoplasms;Uterine Cervical Neoplasms;Small Cell Lung Carcinoma</t>
   </si>
   <si>
     <t>07/11/2023</t>
   </si>
   <si>
     <t>https://www.ema.europa.eu/en/medicines/human/shortages/hycamtin</t>
   </si>
   <si>
     <t>Nulojix</t>
   </si>
   <si>
     <t>belatacept</t>
   </si>
   <si>
     <t>Graft Rejection;Kidney Transplantation</t>
   </si>
   <si>
     <t>Solution for infusion</t>
@@ -1110,81 +1116,81 @@
   <si>
     <t>https://www.ema.europa.eu/en/medicines/human/shortages/methotrexate</t>
   </si>
   <si>
     <t>Insuman Rapid, Basal and Comb 25 (insulin human)</t>
   </si>
   <si>
     <t>insulin human</t>
   </si>
   <si>
     <t>Solution for injection;Pre-filled pen</t>
   </si>
   <si>
     <t>3 ml</t>
   </si>
   <si>
     <t>24/01/2023</t>
   </si>
   <si>
     <t>19/07/2023</t>
   </si>
   <si>
     <t>https://www.ema.europa.eu/en/medicines/human/shortages/insuman-rapid-basal-comb-25-insulin-human</t>
   </si>
   <si>
+    <t>Actilyse and Actilyse Cathflo</t>
+  </si>
+  <si>
+    <t>alteplase</t>
+  </si>
+  <si>
+    <t>Myocardial Infarction</t>
+  </si>
+  <si>
+    <t>Powder and solvent for solution for injection/infusion</t>
+  </si>
+  <si>
+    <t>10 mg (Actilyse);20 mg (Actilyse);50 mg (Actilyse);2 mg (Actilyse Cathflo)</t>
+  </si>
+  <si>
+    <t>23/09/2022</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/shortages/actilyse-actilyse-cathflo</t>
+  </si>
+  <si>
     <t>Metalyse</t>
   </si>
   <si>
     <t>tenecteplase</t>
   </si>
   <si>
-    <t>Myocardial Infarction</t>
-[...1 lines deleted...]
-  <si>
     <t>8,000 units (40 mg);10,000 units (50 mg)</t>
   </si>
   <si>
-    <t>23/09/2022</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.ema.europa.eu/en/medicines/human/shortages/metalyse</t>
-  </si>
-[...13 lines deleted...]
-    <t>https://www.ema.europa.eu/en/medicines/human/shortages/actilyse-actilyse-cathflo</t>
   </si>
   <si>
     <t>Zerbaxa</t>
   </si>
   <si>
     <t>ceftolozane;tazobactam</t>
   </si>
   <si>
     <t>1 g;0.5 g</t>
   </si>
   <si>
     <t>22/12/2020</t>
   </si>
   <si>
     <t>14/04/2023</t>
   </si>
   <si>
     <t>https://www.ema.europa.eu/en/medicines/human/shortages/zerbaxa</t>
   </si>
   <si>
     <t>Cetrotide</t>
   </si>
   <si>
     <t>cetrorelix acetate</t>
   </si>
@@ -3207,2787 +3213,2791 @@
         <v>14</v>
       </c>
       <c r="L9" s="14" t="s">
         <v>15</v>
       </c>
       <c r="M9" s="14" t="s">
         <v>16</v>
       </c>
       <c r="N9" s="14" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="10" spans="1:1024">
       <c r="A10" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>19</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="E10" s="2"/>
+      <c r="E10" s="2" t="s">
+        <v>22</v>
+      </c>
       <c r="F10" s="2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="I10" s="1" t="s">
         <v>25</v>
       </c>
+      <c r="I10" s="1"/>
       <c r="J10" s="1"/>
-      <c r="K10" s="1"/>
+      <c r="K10" s="1" t="s">
+        <v>26</v>
+      </c>
       <c r="L10" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="M10" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="N10" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="11" spans="1:1024">
       <c r="A11" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>20</v>
+        <v>31</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="E11" s="2"/>
+        <v>32</v>
+      </c>
+      <c r="E11" s="2" t="s">
+        <v>33</v>
+      </c>
       <c r="F11" s="2" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="M11" s="1" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="N11" s="1" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
     </row>
     <row r="12" spans="1:1024">
       <c r="A12" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>31</v>
+        <v>40</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="E12" s="2"/>
       <c r="F12" s="2" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="I12" s="1"/>
+        <v>36</v>
+      </c>
+      <c r="I12" s="1" t="s">
+        <v>44</v>
+      </c>
       <c r="J12" s="1"/>
-      <c r="K12" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="K12" s="1"/>
       <c r="L12" s="1" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="M12" s="1"/>
+        <v>45</v>
+      </c>
+      <c r="M12" s="1" t="s">
+        <v>46</v>
+      </c>
       <c r="N12" s="1" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
     </row>
     <row r="13" spans="1:1024">
       <c r="A13" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="E13" s="2"/>
       <c r="F13" s="2" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="I13" s="1"/>
+        <v>36</v>
+      </c>
+      <c r="I13" s="1" t="s">
+        <v>44</v>
+      </c>
       <c r="J13" s="1"/>
-      <c r="K13" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="K13" s="1"/>
       <c r="L13" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="M13" s="1" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="N13" s="1" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
     </row>
     <row r="14" spans="1:1024">
       <c r="A14" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>48</v>
-[...3 lines deleted...]
-      </c>
+        <v>51</v>
+      </c>
+      <c r="E14" s="2"/>
       <c r="F14" s="2" t="s">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="G14" s="1"/>
+        <v>52</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>53</v>
+      </c>
       <c r="H14" s="1" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="L14" s="1" t="s">
-        <v>52</v>
-[...3 lines deleted...]
-      </c>
+        <v>55</v>
+      </c>
+      <c r="M14" s="1"/>
       <c r="N14" s="1" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
     </row>
     <row r="15" spans="1:1024">
       <c r="A15" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>56</v>
-[...3 lines deleted...]
-      </c>
+        <v>58</v>
+      </c>
+      <c r="E15" s="2"/>
       <c r="F15" s="2" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="G15" s="1"/>
+        <v>59</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>60</v>
+      </c>
       <c r="H15" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="L15" s="1" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="M15" s="1"/>
+        <v>62</v>
+      </c>
+      <c r="M15" s="1" t="s">
+        <v>63</v>
+      </c>
       <c r="N15" s="1" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
     </row>
     <row r="16" spans="1:1024">
       <c r="A16" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>63</v>
-[...1 lines deleted...]
-      <c r="E16" s="2"/>
+        <v>66</v>
+      </c>
+      <c r="E16" s="2" t="s">
+        <v>67</v>
+      </c>
       <c r="F16" s="2" t="s">
-        <v>64</v>
-[...3 lines deleted...]
-      </c>
+        <v>68</v>
+      </c>
+      <c r="G16" s="1"/>
       <c r="H16" s="1" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I16" s="1"/>
       <c r="J16" s="1"/>
-      <c r="K16" s="1"/>
+      <c r="K16" s="1" t="s">
+        <v>69</v>
+      </c>
       <c r="L16" s="1" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="M16" s="1"/>
+        <v>70</v>
+      </c>
+      <c r="M16" s="1" t="s">
+        <v>71</v>
+      </c>
       <c r="N16" s="1" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
     </row>
     <row r="17" spans="1:1024">
       <c r="A17" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>68</v>
+        <v>74</v>
       </c>
       <c r="E17" s="2" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>70</v>
-[...3 lines deleted...]
-      </c>
+        <v>76</v>
+      </c>
+      <c r="G17" s="1"/>
       <c r="H17" s="1" t="s">
-        <v>72</v>
+        <v>36</v>
       </c>
       <c r="I17" s="1"/>
       <c r="J17" s="1"/>
-      <c r="K17" s="1"/>
+      <c r="K17" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="L17" s="1" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="M17" s="1"/>
       <c r="N17" s="1" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
     </row>
     <row r="18" spans="1:1024">
       <c r="A18" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>76</v>
-[...3 lines deleted...]
-      </c>
+        <v>81</v>
+      </c>
+      <c r="E18" s="2"/>
       <c r="F18" s="2" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>79</v>
+        <v>60</v>
       </c>
       <c r="H18" s="1" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I18" s="1"/>
       <c r="J18" s="1"/>
-      <c r="K18" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="K18" s="1"/>
       <c r="L18" s="1" t="s">
-        <v>81</v>
-[...3 lines deleted...]
-      </c>
+        <v>83</v>
+      </c>
+      <c r="M18" s="1"/>
       <c r="N18" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="19" spans="1:1024">
       <c r="A19" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="D19" s="1"/>
-      <c r="E19" s="2"/>
+      <c r="D19" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="E19" s="2" t="s">
+        <v>87</v>
+      </c>
       <c r="F19" s="2" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="H19" s="1" t="s">
-        <v>24</v>
+        <v>90</v>
       </c>
       <c r="I19" s="1"/>
       <c r="J19" s="1"/>
-      <c r="K19" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="K19" s="1"/>
       <c r="L19" s="1" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="M19" s="1"/>
       <c r="N19" s="1" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
     </row>
     <row r="20" spans="1:1024">
       <c r="A20" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="E20" s="2" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>93</v>
-[...1 lines deleted...]
-      <c r="G20" s="1"/>
+        <v>96</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>97</v>
+      </c>
       <c r="H20" s="1" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I20" s="1"/>
       <c r="J20" s="1"/>
-      <c r="K20" s="1"/>
+      <c r="K20" s="1" t="s">
+        <v>98</v>
+      </c>
       <c r="L20" s="1" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="M20" s="1" t="s">
-        <v>88</v>
+        <v>100</v>
       </c>
       <c r="N20" s="1" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
     </row>
     <row r="21" spans="1:1024">
       <c r="A21" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>97</v>
-[...6 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="D21" s="1"/>
+      <c r="E21" s="2"/>
       <c r="F21" s="2" t="s">
-        <v>100</v>
-[...2 lines deleted...]
-      <c r="H21" s="1"/>
+        <v>103</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="H21" s="1" t="s">
+        <v>36</v>
+      </c>
       <c r="I21" s="1"/>
       <c r="J21" s="1"/>
-      <c r="K21" s="1"/>
+      <c r="K21" s="1" t="s">
+        <v>105</v>
+      </c>
       <c r="L21" s="1" t="s">
-        <v>101</v>
-[...3 lines deleted...]
-      </c>
+        <v>106</v>
+      </c>
+      <c r="M21" s="1"/>
       <c r="N21" s="1" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
     </row>
     <row r="22" spans="1:1024">
       <c r="A22" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>97</v>
+        <v>20</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="E22" s="2" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>107</v>
-[...4 lines deleted...]
-      <c r="H22" s="1"/>
+        <v>111</v>
+      </c>
+      <c r="G22" s="1"/>
+      <c r="H22" s="1" t="s">
+        <v>36</v>
+      </c>
       <c r="I22" s="1"/>
       <c r="J22" s="1"/>
       <c r="K22" s="1"/>
       <c r="L22" s="1" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="M22" s="1" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="N22" s="1" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
     </row>
     <row r="23" spans="1:1024">
       <c r="A23" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="E23" s="2" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>115</v>
-[...3 lines deleted...]
-      </c>
+        <v>117</v>
+      </c>
+      <c r="G23" s="1"/>
       <c r="H23" s="1"/>
-      <c r="I23" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I23" s="1"/>
       <c r="J23" s="1"/>
       <c r="K23" s="1"/>
       <c r="L23" s="1" t="s">
         <v>118</v>
       </c>
       <c r="M23" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N23" s="1" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="24" spans="1:1024">
       <c r="A24" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>121</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>122</v>
       </c>
       <c r="E24" s="2" t="s">
         <v>123</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>124</v>
       </c>
       <c r="G24" s="1" t="s">
         <v>125</v>
       </c>
       <c r="H24" s="1"/>
       <c r="I24" s="1"/>
       <c r="J24" s="1"/>
       <c r="K24" s="1"/>
       <c r="L24" s="1" t="s">
         <v>126</v>
       </c>
       <c r="M24" s="1" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="N24" s="1" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="25" spans="1:1024">
       <c r="A25" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="D25" s="1"/>
+        <v>31</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>130</v>
+      </c>
       <c r="E25" s="2" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>131</v>
-[...3 lines deleted...]
-      </c>
+        <v>133</v>
+      </c>
+      <c r="H25" s="1"/>
       <c r="I25" s="1" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="J25" s="1"/>
-      <c r="K25" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="K25" s="1"/>
       <c r="L25" s="1" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="M25" s="1" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="N25" s="1" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
     </row>
     <row r="26" spans="1:1024">
       <c r="A26" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="E26" s="2" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="H26" s="1"/>
       <c r="I26" s="1"/>
       <c r="J26" s="1"/>
       <c r="K26" s="1"/>
       <c r="L26" s="1" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="M26" s="1" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="N26" s="1" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
     </row>
     <row r="27" spans="1:1024">
       <c r="A27" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="D27" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D27" s="1"/>
       <c r="E27" s="2" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>146</v>
-[...1 lines deleted...]
-      <c r="G27" s="1"/>
+        <v>147</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>148</v>
+      </c>
       <c r="H27" s="1" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="I27" s="1"/>
+        <v>36</v>
+      </c>
+      <c r="I27" s="1" t="s">
+        <v>149</v>
+      </c>
       <c r="J27" s="1"/>
       <c r="K27" s="1" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="L27" s="1" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="M27" s="1" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="N27" s="1" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
     </row>
     <row r="28" spans="1:1024">
       <c r="A28" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="E28" s="2" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="H28" s="1"/>
-      <c r="I28" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I28" s="1"/>
       <c r="J28" s="1"/>
       <c r="K28" s="1"/>
       <c r="L28" s="1" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="M28" s="1" t="s">
-        <v>158</v>
+        <v>151</v>
       </c>
       <c r="N28" s="1" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="29" spans="1:1024">
       <c r="A29" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>160</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>161</v>
       </c>
       <c r="E29" s="2" t="s">
         <v>162</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>100</v>
-[...1 lines deleted...]
-      <c r="G29" s="1" t="s">
         <v>163</v>
       </c>
+      <c r="G29" s="1"/>
       <c r="H29" s="1" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="I29" s="1"/>
       <c r="J29" s="1"/>
       <c r="K29" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="L29" s="1" t="s">
         <v>165</v>
       </c>
-      <c r="L29" s="1" t="s">
+      <c r="M29" s="1" t="s">
         <v>166</v>
       </c>
-      <c r="M29" s="1" t="s">
+      <c r="N29" s="1" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
     </row>
     <row r="30" spans="1:1024">
       <c r="A30" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B30" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D30" s="1" t="s">
         <v>169</v>
       </c>
-      <c r="C30" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D30" s="1" t="s">
+      <c r="E30" s="2" t="s">
         <v>170</v>
       </c>
-      <c r="E30" s="2" t="s">
+      <c r="F30" s="2" t="s">
         <v>171</v>
       </c>
-      <c r="F30" s="2" t="s">
+      <c r="G30" s="1" t="s">
         <v>172</v>
       </c>
-      <c r="G30" s="1" t="s">
+      <c r="H30" s="1"/>
+      <c r="I30" s="1" t="s">
         <v>173</v>
       </c>
-      <c r="H30" s="1" t="s">
-[...2 lines deleted...]
-      <c r="I30" s="1"/>
       <c r="J30" s="1"/>
       <c r="K30" s="1"/>
       <c r="L30" s="1" t="s">
         <v>174</v>
       </c>
       <c r="M30" s="1" t="s">
         <v>175</v>
       </c>
       <c r="N30" s="1" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="31" spans="1:1024">
       <c r="A31" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>177</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>178</v>
       </c>
       <c r="E31" s="2" t="s">
-        <v>57</v>
+        <v>179</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>179</v>
+        <v>117</v>
       </c>
       <c r="G31" s="1" t="s">
         <v>180</v>
       </c>
       <c r="H31" s="1" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="I31" s="1"/>
+        <v>36</v>
+      </c>
+      <c r="I31" s="1" t="s">
+        <v>181</v>
+      </c>
       <c r="J31" s="1"/>
       <c r="K31" s="1" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="L31" s="1" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="M31" s="1" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="N31" s="1" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="32" spans="1:1024">
       <c r="A32" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="E32" s="2" t="s">
-        <v>187</v>
-[...1 lines deleted...]
-      <c r="F32" s="2"/>
+        <v>33</v>
+      </c>
+      <c r="F32" s="2" t="s">
+        <v>34</v>
+      </c>
       <c r="G32" s="1" t="s">
         <v>188</v>
       </c>
       <c r="H32" s="1" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="I32" s="1"/>
       <c r="J32" s="1"/>
       <c r="K32" s="1"/>
       <c r="L32" s="1" t="s">
         <v>189</v>
       </c>
-      <c r="M32" s="1"/>
+      <c r="M32" s="1" t="s">
+        <v>190</v>
+      </c>
       <c r="N32" s="1" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="33" spans="1:1024">
       <c r="A33" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="D33" s="1"/>
-[...1 lines deleted...]
-      <c r="F33" s="2"/>
+      <c r="D33" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="E33" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="F33" s="2" t="s">
+        <v>194</v>
+      </c>
       <c r="G33" s="1" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="H33" s="1" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I33" s="1"/>
       <c r="J33" s="1"/>
       <c r="K33" s="1" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="L33" s="1" t="s">
-        <v>194</v>
-[...1 lines deleted...]
-      <c r="M33" s="1"/>
+        <v>197</v>
+      </c>
+      <c r="M33" s="1" t="s">
+        <v>198</v>
+      </c>
       <c r="N33" s="1" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
     </row>
     <row r="34" spans="1:1024">
       <c r="A34" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>170</v>
+        <v>201</v>
       </c>
       <c r="E34" s="2" t="s">
-        <v>197</v>
-[...3 lines deleted...]
-      </c>
+        <v>202</v>
+      </c>
+      <c r="F34" s="2"/>
       <c r="G34" s="1" t="s">
-        <v>173</v>
+        <v>203</v>
       </c>
       <c r="H34" s="1" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="I34" s="1"/>
+        <v>36</v>
+      </c>
+      <c r="I34" s="1" t="s">
+        <v>204</v>
+      </c>
       <c r="J34" s="1"/>
-      <c r="K34" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="K34" s="1"/>
       <c r="L34" s="1" t="s">
-        <v>200</v>
-[...3 lines deleted...]
-      </c>
+        <v>204</v>
+      </c>
+      <c r="M34" s="1"/>
       <c r="N34" s="1" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
     </row>
     <row r="35" spans="1:1024">
       <c r="A35" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="D35" s="1" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D35" s="1"/>
+      <c r="E35" s="2"/>
+      <c r="F35" s="2"/>
       <c r="G35" s="1" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="H35" s="1" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I35" s="1"/>
       <c r="J35" s="1"/>
       <c r="K35" s="1" t="s">
-        <v>199</v>
+        <v>208</v>
       </c>
       <c r="L35" s="1" t="s">
-        <v>206</v>
-[...3 lines deleted...]
-      </c>
+        <v>209</v>
+      </c>
+      <c r="M35" s="1"/>
       <c r="N35" s="1" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
     </row>
     <row r="36" spans="1:1024">
       <c r="A36" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>97</v>
+        <v>20</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>210</v>
+        <v>187</v>
       </c>
       <c r="E36" s="2" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>212</v>
-[...1 lines deleted...]
-      <c r="G36" s="1"/>
+        <v>213</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>188</v>
+      </c>
       <c r="H36" s="1" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="I36" s="1"/>
       <c r="J36" s="1"/>
-      <c r="K36" s="1"/>
+      <c r="K36" s="1" t="s">
+        <v>214</v>
+      </c>
       <c r="L36" s="1" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="M36" s="1" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="N36" s="1" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="37" spans="1:1024">
       <c r="A37" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="D37" s="1"/>
+      <c r="D37" s="1" t="s">
+        <v>219</v>
+      </c>
       <c r="E37" s="2" t="s">
-        <v>218</v>
+        <v>33</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>219</v>
-[...1 lines deleted...]
-      <c r="G37" s="1"/>
+        <v>213</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>220</v>
+      </c>
       <c r="H37" s="1" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I37" s="1"/>
       <c r="J37" s="1"/>
       <c r="K37" s="1" t="s">
-        <v>199</v>
+        <v>214</v>
       </c>
       <c r="L37" s="1" t="s">
-        <v>220</v>
-[...1 lines deleted...]
-      <c r="M37" s="1"/>
+        <v>221</v>
+      </c>
+      <c r="M37" s="1" t="s">
+        <v>222</v>
+      </c>
       <c r="N37" s="1" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="38" spans="1:1024">
       <c r="A38" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>20</v>
+        <v>31</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>223</v>
-[...1 lines deleted...]
-      <c r="E38" s="2"/>
+        <v>225</v>
+      </c>
+      <c r="E38" s="2" t="s">
+        <v>226</v>
+      </c>
       <c r="F38" s="2" t="s">
-        <v>224</v>
-[...3 lines deleted...]
-      </c>
+        <v>227</v>
+      </c>
+      <c r="G38" s="1"/>
       <c r="H38" s="1" t="s">
-        <v>42</v>
-[...4 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="I38" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="J38" s="1"/>
       <c r="K38" s="1"/>
       <c r="L38" s="1" t="s">
-        <v>26</v>
+        <v>229</v>
       </c>
       <c r="M38" s="1" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="N38" s="1" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
     </row>
     <row r="39" spans="1:1024">
       <c r="A39" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>97</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="D39" s="1"/>
       <c r="E39" s="2" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>78</v>
-[...4 lines deleted...]
-      <c r="H39" s="1"/>
+        <v>234</v>
+      </c>
+      <c r="G39" s="1"/>
+      <c r="H39" s="1" t="s">
+        <v>36</v>
+      </c>
       <c r="I39" s="1"/>
       <c r="J39" s="1"/>
-      <c r="K39" s="1"/>
+      <c r="K39" s="1" t="s">
+        <v>214</v>
+      </c>
       <c r="L39" s="1" t="s">
-        <v>233</v>
-[...3 lines deleted...]
-      </c>
+        <v>235</v>
+      </c>
+      <c r="M39" s="1"/>
       <c r="N39" s="1" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
     </row>
     <row r="40" spans="1:1024">
       <c r="A40" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>236</v>
-[...3 lines deleted...]
-      </c>
+        <v>238</v>
+      </c>
+      <c r="E40" s="2"/>
       <c r="F40" s="2" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="H40" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="I40" s="1"/>
-      <c r="J40" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="J40" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="K40" s="1"/>
       <c r="L40" s="1" t="s">
-        <v>241</v>
+        <v>45</v>
       </c>
       <c r="M40" s="1" t="s">
         <v>242</v>
       </c>
       <c r="N40" s="1" t="s">
         <v>243</v>
       </c>
     </row>
     <row r="41" spans="1:1024">
       <c r="A41" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B41" s="1" t="s">
         <v>244</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>245</v>
       </c>
       <c r="E41" s="2" t="s">
         <v>246</v>
       </c>
       <c r="F41" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="G41" s="1" t="s">
         <v>247</v>
-      </c>
-[...1 lines deleted...]
-        <v>248</v>
       </c>
       <c r="H41" s="1"/>
       <c r="I41" s="1"/>
       <c r="J41" s="1"/>
       <c r="K41" s="1"/>
       <c r="L41" s="1" t="s">
-        <v>157</v>
+        <v>248</v>
       </c>
       <c r="M41" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="N41" s="1" t="s">
         <v>249</v>
-      </c>
-[...1 lines deleted...]
-        <v>250</v>
       </c>
     </row>
     <row r="42" spans="1:1024">
       <c r="A42" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D42" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="E42" s="2" t="s">
         <v>252</v>
       </c>
-      <c r="E42" s="2" t="s">
+      <c r="F42" s="2" t="s">
         <v>253</v>
       </c>
-      <c r="F42" s="2" t="s">
+      <c r="G42" s="1" t="s">
         <v>254</v>
       </c>
-      <c r="G42" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H42" s="1" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I42" s="1"/>
       <c r="J42" s="1"/>
-      <c r="K42" s="1"/>
+      <c r="K42" s="1" t="s">
+        <v>255</v>
+      </c>
       <c r="L42" s="1" t="s">
         <v>256</v>
       </c>
-      <c r="M42" s="1"/>
+      <c r="M42" s="1" t="s">
+        <v>257</v>
+      </c>
       <c r="N42" s="1" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
     </row>
     <row r="43" spans="1:1024">
       <c r="A43" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="E43" s="2" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>262</v>
-[...3 lines deleted...]
-      </c>
+        <v>263</v>
+      </c>
+      <c r="H43" s="1"/>
       <c r="I43" s="1"/>
       <c r="J43" s="1"/>
       <c r="K43" s="1"/>
       <c r="L43" s="1" t="s">
-        <v>263</v>
+        <v>174</v>
       </c>
       <c r="M43" s="1" t="s">
         <v>264</v>
       </c>
       <c r="N43" s="1" t="s">
         <v>265</v>
       </c>
     </row>
     <row r="44" spans="1:1024">
       <c r="A44" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B44" s="1" t="s">
         <v>266</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D44" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E44" s="2" t="s">
         <v>268</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>198</v>
+        <v>269</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="H44" s="1" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I44" s="1"/>
       <c r="J44" s="1"/>
       <c r="K44" s="1"/>
       <c r="L44" s="1" t="s">
-        <v>270</v>
-[...1 lines deleted...]
-      <c r="M44" s="1" t="s">
         <v>271</v>
       </c>
+      <c r="M44" s="1"/>
       <c r="N44" s="1" t="s">
         <v>272</v>
       </c>
     </row>
     <row r="45" spans="1:1024">
       <c r="A45" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B45" s="1" t="s">
         <v>273</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>20</v>
+        <v>31</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>274</v>
       </c>
       <c r="E45" s="2" t="s">
         <v>275</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>78</v>
-[...1 lines deleted...]
-      <c r="G45" s="1"/>
+        <v>276</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>277</v>
+      </c>
       <c r="H45" s="1" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I45" s="1"/>
       <c r="J45" s="1"/>
       <c r="K45" s="1"/>
       <c r="L45" s="1" t="s">
-        <v>276</v>
-[...1 lines deleted...]
-      <c r="M45" s="1"/>
+        <v>278</v>
+      </c>
+      <c r="M45" s="1" t="s">
+        <v>279</v>
+      </c>
       <c r="N45" s="1" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
     </row>
     <row r="46" spans="1:1024">
       <c r="A46" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="E46" s="2" t="s">
-        <v>275</v>
+        <v>283</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>146</v>
-[...2 lines deleted...]
-      <c r="H46" s="1"/>
+        <v>213</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="H46" s="1" t="s">
+        <v>36</v>
+      </c>
       <c r="I46" s="1"/>
       <c r="J46" s="1"/>
-      <c r="K46" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="K46" s="1"/>
       <c r="L46" s="1" t="s">
-        <v>276</v>
-[...1 lines deleted...]
-      <c r="M46" s="1"/>
+        <v>285</v>
+      </c>
+      <c r="M46" s="1" t="s">
+        <v>286</v>
+      </c>
       <c r="N46" s="1" t="s">
-        <v>280</v>
+        <v>287</v>
       </c>
     </row>
     <row r="47" spans="1:1024">
       <c r="A47" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>281</v>
+        <v>288</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>282</v>
+        <v>289</v>
       </c>
       <c r="E47" s="2" t="s">
-        <v>283</v>
+        <v>290</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>224</v>
-[...3 lines deleted...]
-      </c>
+        <v>96</v>
+      </c>
+      <c r="G47" s="1"/>
       <c r="H47" s="1" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I47" s="1"/>
       <c r="J47" s="1"/>
-      <c r="K47" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="K47" s="1"/>
       <c r="L47" s="1" t="s">
-        <v>285</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="M47" s="1"/>
       <c r="N47" s="1" t="s">
-        <v>286</v>
+        <v>292</v>
       </c>
     </row>
     <row r="48" spans="1:1024">
       <c r="A48" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>287</v>
+        <v>293</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>288</v>
+        <v>294</v>
       </c>
       <c r="E48" s="2" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>290</v>
-[...6 lines deleted...]
-      </c>
+        <v>163</v>
+      </c>
+      <c r="G48" s="1"/>
+      <c r="H48" s="1"/>
       <c r="I48" s="1"/>
       <c r="J48" s="1"/>
-      <c r="K48" s="1" t="s">
-        <v>292</v>
+      <c r="K48" s="1">
+        <v>2025</v>
       </c>
       <c r="L48" s="1" t="s">
-        <v>293</v>
+        <v>291</v>
       </c>
       <c r="M48" s="1"/>
       <c r="N48" s="1" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
     </row>
     <row r="49" spans="1:1024">
       <c r="A49" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="E49" s="2" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>298</v>
+        <v>239</v>
       </c>
       <c r="G49" s="1" t="s">
         <v>299</v>
       </c>
       <c r="H49" s="1" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I49" s="1"/>
       <c r="J49" s="1"/>
-      <c r="K49" s="1"/>
+      <c r="K49" s="1" t="s">
+        <v>214</v>
+      </c>
       <c r="L49" s="1" t="s">
         <v>300</v>
       </c>
-      <c r="M49" s="1"/>
+      <c r="M49" s="1" t="s">
+        <v>197</v>
+      </c>
       <c r="N49" s="1" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="50" spans="1:1024">
       <c r="A50" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B50" s="1" t="s">
         <v>302</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>97</v>
+        <v>20</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>303</v>
       </c>
       <c r="E50" s="2" t="s">
-        <v>171</v>
+        <v>304</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="H50" s="1" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I50" s="1"/>
       <c r="J50" s="1"/>
-      <c r="K50" s="1"/>
+      <c r="K50" s="1" t="s">
+        <v>307</v>
+      </c>
       <c r="L50" s="1" t="s">
-        <v>306</v>
-[...3 lines deleted...]
-      </c>
+        <v>308</v>
+      </c>
+      <c r="M50" s="1"/>
       <c r="N50" s="1" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
     </row>
     <row r="51" spans="1:1024">
       <c r="A51" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>20</v>
+        <v>31</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>310</v>
+        <v>32</v>
       </c>
       <c r="E51" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="F51" s="2" t="s">
         <v>311</v>
       </c>
-      <c r="F51" s="2" t="s">
+      <c r="G51" s="1" t="s">
         <v>312</v>
       </c>
-      <c r="G51" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H51" s="1" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I51" s="1"/>
       <c r="J51" s="1"/>
       <c r="K51" s="1"/>
       <c r="L51" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="M51" s="1" t="s">
         <v>314</v>
       </c>
-      <c r="M51" s="1"/>
       <c r="N51" s="1" t="s">
         <v>315</v>
       </c>
     </row>
     <row r="52" spans="1:1024">
       <c r="A52" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B52" s="1" t="s">
         <v>316</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>97</v>
+        <v>20</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>105</v>
+        <v>317</v>
       </c>
       <c r="E52" s="2" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>108</v>
+        <v>320</v>
       </c>
       <c r="H52" s="1" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I52" s="1"/>
       <c r="J52" s="1"/>
       <c r="K52" s="1"/>
       <c r="L52" s="1" t="s">
-        <v>319</v>
-[...3 lines deleted...]
-      </c>
+        <v>321</v>
+      </c>
+      <c r="M52" s="1"/>
       <c r="N52" s="1" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
     </row>
     <row r="53" spans="1:1024">
       <c r="A53" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>20</v>
+        <v>31</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>303</v>
+        <v>122</v>
       </c>
       <c r="E53" s="2" t="s">
-        <v>171</v>
+        <v>324</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>172</v>
+        <v>325</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>322</v>
+        <v>125</v>
       </c>
       <c r="H53" s="1" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I53" s="1"/>
       <c r="J53" s="1"/>
       <c r="K53" s="1"/>
       <c r="L53" s="1" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="M53" s="1" t="s">
-        <v>324</v>
+        <v>70</v>
       </c>
       <c r="N53" s="1" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
     </row>
     <row r="54" spans="1:1024">
       <c r="A54" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="E54" s="2" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>290</v>
+        <v>305</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>239</v>
+        <v>254</v>
       </c>
       <c r="H54" s="1" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I54" s="1"/>
       <c r="J54" s="1"/>
       <c r="K54" s="1"/>
       <c r="L54" s="1" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="M54" s="1"/>
       <c r="N54" s="1" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
     </row>
     <row r="55" spans="1:1024">
       <c r="A55" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="E55" s="2" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>299</v>
+        <v>24</v>
       </c>
       <c r="H55" s="1"/>
       <c r="I55" s="1"/>
       <c r="J55" s="1"/>
       <c r="K55" s="1"/>
       <c r="L55" s="1" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="M55" s="1" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="N55" s="1" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
     </row>
     <row r="56" spans="1:1024">
       <c r="A56" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="E56" s="2" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="H56" s="1" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I56" s="1"/>
       <c r="J56" s="1"/>
       <c r="K56" s="1"/>
       <c r="L56" s="1" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="M56" s="1" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="N56" s="1" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
     </row>
     <row r="57" spans="1:1024">
       <c r="A57" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="E57" s="2" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>172</v>
+        <v>34</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="H57" s="1" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I57" s="1"/>
       <c r="J57" s="1"/>
       <c r="K57" s="1"/>
       <c r="L57" s="1" t="s">
-        <v>200</v>
+        <v>215</v>
       </c>
       <c r="M57" s="1"/>
       <c r="N57" s="1" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
     </row>
     <row r="58" spans="1:1024">
       <c r="A58" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="E58" s="2" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>78</v>
+        <v>96</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="H58" s="1" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I58" s="1"/>
       <c r="J58" s="1"/>
       <c r="K58" s="1"/>
       <c r="L58" s="1" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="M58" s="1"/>
       <c r="N58" s="1" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
     </row>
     <row r="59" spans="1:1024">
       <c r="A59" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="E59" s="2" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="H59" s="1"/>
       <c r="I59" s="1"/>
       <c r="J59" s="1"/>
       <c r="K59" s="1"/>
       <c r="L59" s="1" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="M59" s="1" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="N59" s="1" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
     </row>
     <row r="60" spans="1:1024">
       <c r="A60" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="E60" s="2" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>224</v>
+        <v>369</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="H60" s="1" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I60" s="1"/>
       <c r="J60" s="1"/>
       <c r="K60" s="1"/>
       <c r="L60" s="1" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="M60" s="1" t="s">
-        <v>319</v>
+        <v>326</v>
       </c>
       <c r="N60" s="1" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
     </row>
     <row r="61" spans="1:1024">
       <c r="A61" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="E61" s="2" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>372</v>
+        <v>239</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="H61" s="1" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I61" s="1"/>
       <c r="J61" s="1"/>
       <c r="K61" s="1"/>
       <c r="L61" s="1" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="M61" s="1" t="s">
-        <v>319</v>
+        <v>326</v>
       </c>
       <c r="N61" s="1" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
     </row>
     <row r="62" spans="1:1024">
       <c r="A62" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="E62" s="2" t="s">
-        <v>211</v>
+        <v>226</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>247</v>
+        <v>262</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="H62" s="1" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I62" s="1"/>
       <c r="J62" s="1"/>
       <c r="K62" s="1"/>
       <c r="L62" s="1" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="M62" s="1" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="N62" s="1" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
     </row>
     <row r="63" spans="1:1024">
       <c r="A63" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="E63" s="2" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="H63" s="1" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I63" s="1"/>
       <c r="J63" s="1"/>
       <c r="K63" s="1"/>
       <c r="L63" s="1" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="M63" s="1" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="N63" s="1" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
     </row>
     <row r="64" spans="1:1024">
       <c r="A64" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="E64" s="2" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>198</v>
+        <v>213</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="H64" s="1" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I64" s="1"/>
       <c r="J64" s="1"/>
       <c r="K64" s="1"/>
       <c r="L64" s="1" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="M64" s="1" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="N64" s="1" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
     </row>
     <row r="65" spans="1:1024">
       <c r="A65" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="C65" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="E65" s="2" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>224</v>
+        <v>239</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="H65" s="1"/>
       <c r="I65" s="1"/>
       <c r="J65" s="1"/>
       <c r="K65" s="1"/>
       <c r="L65" s="1" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="M65" s="1" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="N65" s="1" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
     </row>
     <row r="66" spans="1:1024">
       <c r="A66" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="E66" s="2" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>100</v>
+        <v>117</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="H66" s="1" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I66" s="1"/>
       <c r="J66" s="1"/>
       <c r="K66" s="1"/>
       <c r="L66" s="1" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="M66" s="1" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="N66" s="1" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
     </row>
     <row r="67" spans="1:1024">
       <c r="A67" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="E67" s="2" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="H67" s="1" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I67" s="1"/>
       <c r="J67" s="1"/>
       <c r="K67" s="1"/>
       <c r="L67" s="1" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="M67" s="1" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="N67" s="1" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
     </row>
     <row r="68" spans="1:1024">
       <c r="A68" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="E68" s="2" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="H68" s="1" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I68" s="1"/>
       <c r="J68" s="1"/>
       <c r="K68" s="1"/>
       <c r="L68" s="1" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="M68" s="1" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="N68" s="1" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
     </row>
     <row r="69" spans="1:1024">
       <c r="A69" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="E69" s="2" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>172</v>
+        <v>34</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="H69" s="1" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I69" s="1"/>
       <c r="J69" s="1"/>
       <c r="K69" s="1"/>
       <c r="L69" s="1" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="M69" s="1" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="N69" s="1" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
     </row>
     <row r="70" spans="1:1024">
       <c r="A70" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="E70" s="2" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="H70" s="1" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I70" s="1"/>
       <c r="J70" s="1"/>
       <c r="K70" s="1"/>
       <c r="L70" s="1" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="M70" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="N70" s="1" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
     </row>
     <row r="71" spans="1:1024">
       <c r="A71" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="E71" s="2" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>100</v>
+        <v>117</v>
       </c>
       <c r="G71" s="1"/>
       <c r="H71" s="1" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I71" s="1"/>
       <c r="J71" s="1"/>
       <c r="K71" s="1"/>
       <c r="L71" s="1" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="M71" s="1" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="N71" s="1" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
     </row>
     <row r="72" spans="1:1024">
       <c r="A72" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="E72" s="2" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="G72" s="1"/>
       <c r="H72" s="1" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="I72" s="1"/>
       <c r="J72" s="1"/>
       <c r="K72" s="1"/>
       <c r="L72" s="1" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="M72" s="1" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="N72" s="1" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
     </row>
     <row r="73" spans="1:1024">
       <c r="A73" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="E73" s="2" t="s">
-        <v>77</v>
+        <v>95</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="G73" s="1"/>
       <c r="H73" s="1" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I73" s="1"/>
       <c r="J73" s="1"/>
       <c r="K73" s="1"/>
       <c r="L73" s="1" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="M73" s="1" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="N73" s="1" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
     </row>
     <row r="74" spans="1:1024">
       <c r="A74" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="E74" s="2" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="H74" s="1" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I74" s="1"/>
       <c r="J74" s="1"/>
       <c r="K74" s="1"/>
       <c r="L74" s="1" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="M74" s="1" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="N74" s="1" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
     </row>
     <row r="75" spans="1:1024">
       <c r="A75" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="E75" s="2" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="G75" s="1"/>
       <c r="H75" s="1" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I75" s="1"/>
       <c r="J75" s="1"/>
       <c r="K75" s="1"/>
       <c r="L75" s="1" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="M75" s="1" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="N75" s="1" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
     </row>
     <row r="76" spans="1:1024">
       <c r="A76" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="E76" s="2" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="H76" s="1" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I76" s="1"/>
       <c r="J76" s="1"/>
       <c r="K76" s="1"/>
       <c r="L76" s="1" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="M76" s="1" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="N76" s="1" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
     </row>
     <row r="77" spans="1:1024">
       <c r="A77" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="E77" s="2" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>247</v>
+        <v>262</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="H77" s="1" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I77" s="1"/>
       <c r="J77" s="1"/>
       <c r="K77" s="1"/>
       <c r="L77" s="1" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="M77" s="1" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="N77" s="1" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
     </row>
     <row r="78" spans="1:1024">
       <c r="A78" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="E78" s="2" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>154</v>
+        <v>171</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="H78" s="1" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="I78" s="1"/>
       <c r="J78" s="1"/>
       <c r="K78" s="1"/>
       <c r="L78" s="1" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="M78" s="1" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="N78" s="1" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
     </row>
     <row r="79" spans="1:1024">
       <c r="A79" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="E79" s="2" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="H79" s="1" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I79" s="1"/>
       <c r="J79" s="1"/>
       <c r="K79" s="1"/>
       <c r="L79" s="1" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="M79" s="1" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="N79" s="1" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
     </row>
     <row r="80" spans="1:1024">
       <c r="A80" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="E80" s="2" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>78</v>
+        <v>96</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="H80" s="1" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="I80" s="1"/>
       <c r="J80" s="1"/>
       <c r="K80" s="1"/>
       <c r="L80" s="1" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="M80" s="1" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="N80" s="1" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
     </row>
     <row r="81" spans="1:1024">
       <c r="A81" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="E81" s="2" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="H81" s="1" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="I81" s="1"/>
       <c r="J81" s="1"/>
       <c r="K81" s="1"/>
       <c r="L81" s="1" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="M81" s="1" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="N81" s="1" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
     </row>
     <row r="82" spans="1:1024">
       <c r="A82" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="E82" s="2" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="H82" s="1" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="I82" s="1"/>
       <c r="J82" s="1"/>
       <c r="K82" s="1"/>
       <c r="L82" s="1" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="M82" s="1" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="N82" s="1" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
     </row>
     <row r="83" spans="1:1024">
       <c r="A83" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="E83" s="2" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="H83" s="1" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="I83" s="1"/>
       <c r="J83" s="1"/>
       <c r="K83" s="1"/>
       <c r="L83" s="1" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="M83" s="1"/>
       <c r="N83" s="1" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A9:N9"/>
   <mergeCells>
     <mergeCell ref="D1:E1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7875" right="0.7875" top="1.0527777777778" bottom="1.0527777777778" header="0.7875" footer="0.7875"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" firstPageNumber="1" useFirstPageNumber="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">