--- v1 (2026-02-03)
+++ v2 (2026-02-28)
@@ -16,163 +16,295 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="500" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Shortage" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Shortage'!$A$9:$N$9</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="523">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="537">
   <si>
     <t>Content type:</t>
   </si>
   <si>
     <t>Shortage</t>
   </si>
   <si>
     <t>Output automatically generated from content on www.ema.europa.eu on:</t>
   </si>
   <si>
-    <t>03/02/2026 - 06:00</t>
+    <t>28/02/2026 - 06:00</t>
   </si>
   <si>
     <t>Category</t>
   </si>
   <si>
     <t>Medicine affected</t>
   </si>
   <si>
     <t>Supply shortage status</t>
   </si>
   <si>
     <t>International non-proprietary name (INN) or common name</t>
   </si>
   <si>
     <t>Therapeutic area (MeSH)</t>
   </si>
   <si>
     <t>Pharmaceutical forms affected</t>
   </si>
   <si>
     <t>Strengths affected</t>
   </si>
   <si>
     <t>Availability of alternatives</t>
   </si>
   <si>
     <t>Start of shortage date</t>
   </si>
   <si>
     <t>Expected resolution date</t>
   </si>
   <si>
     <t>Expected resolution</t>
   </si>
   <si>
     <t>First published date</t>
   </si>
   <si>
     <t>Last updated date</t>
   </si>
   <si>
     <t>Shortage URL</t>
   </si>
   <si>
     <t>Human</t>
   </si>
   <si>
+    <t>Cyclophosphamide</t>
+  </si>
+  <si>
+    <t>Ongoing</t>
+  </si>
+  <si>
+    <t>cyclophosphamide</t>
+  </si>
+  <si>
+    <t>Cancer</t>
+  </si>
+  <si>
+    <t>Powder for solution for injection or infusion</t>
+  </si>
+  <si>
+    <t>Unknown</t>
+  </si>
+  <si>
+    <t>24/02/2026</t>
+  </si>
+  <si>
+    <t>Expected to continue until Q1 2027.</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/shortages/cyclophosphamide</t>
+  </si>
+  <si>
+    <t>Ifosfamide</t>
+  </si>
+  <si>
+    <t>ifosfamide</t>
+  </si>
+  <si>
+    <t>Powder for concentrate for solution for infusion</t>
+  </si>
+  <si>
+    <t>12/02/2026</t>
+  </si>
+  <si>
+    <t>13/02/2026</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/shortages/ifosfamide</t>
+  </si>
+  <si>
+    <t>Natpar</t>
+  </si>
+  <si>
+    <t>parathyroid hormone</t>
+  </si>
+  <si>
+    <t>Hypoparathyroidism</t>
+  </si>
+  <si>
+    <t>Powder and solvent for solution for injection</t>
+  </si>
+  <si>
+    <t>100 micrograms/dose ;75 micrograms/dose ;50 micrograms/dose ;25 micrograms/dose</t>
+  </si>
+  <si>
+    <t>Yes</t>
+  </si>
+  <si>
+    <t>02/05/2022</t>
+  </si>
+  <si>
+    <t>23/02/2026</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/shortages/natpar</t>
+  </si>
+  <si>
+    <t>Trulicity</t>
+  </si>
+  <si>
+    <t>Resolved</t>
+  </si>
+  <si>
+    <t>dulaglutide</t>
+  </si>
+  <si>
+    <t>Diabetes Mellitus, Type 2</t>
+  </si>
+  <si>
+    <t>Solution for injection in pre-filled pen</t>
+  </si>
+  <si>
+    <t>0.75 mg;1.5 mg;3 mg ;4.5 mg</t>
+  </si>
+  <si>
+    <t>End of 2025</t>
+  </si>
+  <si>
+    <t>28/08/2023</t>
+  </si>
+  <si>
+    <t>17/02/2026</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/shortages/trulicity</t>
+  </si>
+  <si>
+    <t>Norditropin FlexPro / Norditropin NordiFlex</t>
+  </si>
+  <si>
+    <t>somatropin</t>
+  </si>
+  <si>
+    <t>Dwarfism, Pituitary</t>
+  </si>
+  <si>
+    <t>5 mg ;10 mg ;15 mg</t>
+  </si>
+  <si>
+    <t>Resolved - 22 December 2025</t>
+  </si>
+  <si>
+    <t>05/12/2023</t>
+  </si>
+  <si>
+    <t>11/02/2026</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/shortages/norditropin-flexpro-norditropin-nordiflex</t>
+  </si>
+  <si>
+    <t>Tresiba</t>
+  </si>
+  <si>
+    <t>insulin degludec</t>
+  </si>
+  <si>
+    <t>Diabetes Mellitus</t>
+  </si>
+  <si>
+    <t>Pre-filled pen</t>
+  </si>
+  <si>
+    <t>100 units/ml ;200 units/ml</t>
+  </si>
+  <si>
+    <t>24/08/2023</t>
+  </si>
+  <si>
+    <t>09/02/2026</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/shortages/tresiba</t>
+  </si>
+  <si>
     <t>Fludarabine</t>
   </si>
   <si>
-    <t>Ongoing</t>
-[...1 lines deleted...]
-  <si>
     <t>fludarabine</t>
   </si>
   <si>
     <t>Leukemia</t>
   </si>
   <si>
     <t>Concentrate for solution for injection/infusion</t>
   </si>
   <si>
     <t>25 mg/ml</t>
   </si>
   <si>
-    <t>Unknown</t>
-[...1 lines deleted...]
-  <si>
     <t>The shortage is expected to last until December 2025.</t>
   </si>
   <si>
     <t>11/03/2024</t>
   </si>
   <si>
     <t>22/01/2026</t>
   </si>
   <si>
     <t>https://www.ema.europa.eu/en/medicines/human/shortages/fludarabine</t>
   </si>
   <si>
     <t>Ozempic</t>
   </si>
   <si>
-    <t>Resolved</t>
-[...1 lines deleted...]
-  <si>
     <t>semaglutide</t>
   </si>
   <si>
-    <t>Diabetes Mellitus, Type 2</t>
-[...4 lines deleted...]
-  <si>
     <t>1 mg;0.5 mg;0.25 mg</t>
   </si>
   <si>
-    <t>Yes</t>
-[...1 lines deleted...]
-  <si>
     <t>19/10/2022</t>
   </si>
   <si>
     <t>13/01/2026</t>
   </si>
   <si>
     <t>https://www.ema.europa.eu/en/medicines/human/shortages/ozempic</t>
   </si>
   <si>
     <t>Fiasp PumpCart (insulin aspart)</t>
   </si>
   <si>
     <t>insulin aspart</t>
   </si>
   <si>
     <t>Solution for injection in a cartridge</t>
   </si>
   <si>
     <t>100 units/mL</t>
   </si>
   <si>
     <t>08/05/2025</t>
   </si>
   <si>
     <t>12/05/2025</t>
@@ -531,53 +663,50 @@
   <si>
     <t>Solution for injection/infusion</t>
   </si>
   <si>
     <t>To last until June 2026.</t>
   </si>
   <si>
     <t>03/06/2024</t>
   </si>
   <si>
     <t>29/09/2025</t>
   </si>
   <si>
     <t>https://www.ema.europa.eu/en/medicines/human/shortages/human-normal-immunoglobulins</t>
   </si>
   <si>
     <t>Ecalta</t>
   </si>
   <si>
     <t>anidulafungin</t>
   </si>
   <si>
     <t>Candidiasis</t>
   </si>
   <si>
-    <t>Powder for concentrate for solution for infusion</t>
-[...1 lines deleted...]
-  <si>
     <t>100 mg</t>
   </si>
   <si>
     <t>01/07/2024</t>
   </si>
   <si>
     <t>17/01/2025</t>
   </si>
   <si>
     <t>25/09/2025</t>
   </si>
   <si>
     <t>https://www.ema.europa.eu/en/medicines/human/shortages/ecalta</t>
   </si>
   <si>
     <t>Visudyne</t>
   </si>
   <si>
     <t>verteporfin</t>
   </si>
   <si>
     <t>Myopia, Degenerative;Macular Degeneration</t>
   </si>
   <si>
     <t>15 mg</t>
@@ -657,131 +786,101 @@
   <si>
     <t>https://www.ema.europa.eu/en/medicines/human/shortages/biltricide</t>
   </si>
   <si>
     <t>Moventig</t>
   </si>
   <si>
     <t>12.5 mg;25 mg</t>
   </si>
   <si>
     <t>31 November 2025</t>
   </si>
   <si>
     <t>18/08/2025</t>
   </si>
   <si>
     <t>https://www.ema.europa.eu/en/medicines/human/shortages/moventig</t>
   </si>
   <si>
     <t>Saxenda</t>
   </si>
   <si>
     <t>Obesity;Overweight</t>
   </si>
   <si>
-    <t>Solution for injection in pre-filled pen</t>
-[...7 lines deleted...]
-  <si>
     <t>25/07/2025</t>
   </si>
   <si>
     <t>https://www.ema.europa.eu/en/medicines/human/shortages/saxenda</t>
   </si>
   <si>
-    <t>Trulicity</t>
-[...16 lines deleted...]
-  <si>
     <t>Amoxicillin and amoxicillin/clavulanic acid</t>
   </si>
   <si>
     <t>amoxicillin;clavulanic acid</t>
   </si>
   <si>
     <t>Bacterial Infections</t>
   </si>
   <si>
     <t>Various presentations including paediatric formulations and presentations</t>
   </si>
   <si>
     <t>01/10/2022</t>
   </si>
   <si>
     <t>27/01/2023</t>
   </si>
   <si>
     <t>17/06/2025</t>
   </si>
   <si>
     <t>https://www.ema.europa.eu/en/medicines/human/shortages/amoxicillin-amoxicillin-clavulanic-acid</t>
   </si>
   <si>
     <t>Perfusion solutions</t>
   </si>
   <si>
     <t>Perfusion;Infusions, Intravenous;Therapeutic Irrigation</t>
   </si>
   <si>
     <t>Intravenous use;Solution for infusion;Irrigation solution</t>
   </si>
   <si>
     <t>12/06/2025</t>
   </si>
   <si>
     <t>https://www.ema.europa.eu/en/medicines/human/shortages/perfusion-solutions</t>
   </si>
   <si>
     <t>NovoSeven (eptacog alfa)</t>
   </si>
   <si>
     <t>eptacog alfa (activated)</t>
   </si>
   <si>
-    <t>Powder and solvent for solution for injection</t>
-[...1 lines deleted...]
-  <si>
     <t>1, 2, 5 and 8 mg (50, 100, 250 and 400 KIU)</t>
   </si>
   <si>
     <t>31/12/2025</t>
   </si>
   <si>
     <t>05/06/2025</t>
   </si>
   <si>
     <t>https://www.ema.europa.eu/en/medicines/human/shortages/novoseven-eptacog-alfa</t>
   </si>
   <si>
     <t>Pegasys</t>
   </si>
   <si>
     <t>peginterferon alfa-2a</t>
   </si>
   <si>
     <t>Hepatitis C, Chronic;Hepatitis B, Chronic;Polycythemia Vera;Thrombocythemia, Essential</t>
   </si>
   <si>
     <t>90 mcg;135 mcg;180 mcg</t>
   </si>
   <si>
     <t>30/10/2024</t>
@@ -861,95 +960,74 @@
   <si>
     <t>RoActemra</t>
   </si>
   <si>
     <t>tocilizumab</t>
   </si>
   <si>
     <t>Arthritis, Rheumatoid;Arthritis, Juvenile Rheumatoid;Cytokine Release Syndrome;Giant Cell Arteritis;COVID-19 virus infection</t>
   </si>
   <si>
     <t>Pre-filled syringe;Pre-filled pen;Solution for subcutaneous injection;Concentrate for solution for infusion</t>
   </si>
   <si>
     <t>162 mg (syringe, pen) ;20 mg/ml (concentrate)</t>
   </si>
   <si>
     <t>03/09/2021</t>
   </si>
   <si>
     <t>01/04/2025</t>
   </si>
   <si>
     <t>https://www.ema.europa.eu/en/medicines/human/shortages/roactemra</t>
   </si>
   <si>
-    <t>Norditropin NordiFlex</t>
-[...17 lines deleted...]
-    <t>https://www.ema.europa.eu/en/medicines/human/shortages/norditropin-nordiflex</t>
+    <t>Fluorouracil</t>
+  </si>
+  <si>
+    <t>fluorouracil</t>
+  </si>
+  <si>
+    <t>Cancer;Neoplasms</t>
+  </si>
+  <si>
+    <t>06/08/2024</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/shortages/fluorouracil</t>
   </si>
   <si>
     <t>Cisplatin</t>
   </si>
   <si>
     <t>cisplatin</t>
   </si>
   <si>
-    <t>Cancer;Neoplasms</t>
-[...4 lines deleted...]
-  <si>
     <t>https://www.ema.europa.eu/en/medicines/human/shortages/cisplatin</t>
   </si>
   <si>
-    <t>Fluorouracil</t>
-[...7 lines deleted...]
-  <si>
     <t>Menopur</t>
   </si>
   <si>
     <t>menotropin</t>
   </si>
   <si>
     <t>Infertility</t>
   </si>
   <si>
     <t>1200 IU</t>
   </si>
   <si>
     <t>05/04/2023</t>
   </si>
   <si>
     <t>https://www.ema.europa.eu/en/medicines/human/shortages/menopur</t>
   </si>
   <si>
     <t>Creon</t>
   </si>
   <si>
     <t>pancreas powder;pancrelipase</t>
   </si>
   <si>
     <t>Pancreatic Diseases</t>
@@ -1062,137 +1140,122 @@
   <si>
     <t>Kevzara</t>
   </si>
   <si>
     <t>sarilumab</t>
   </si>
   <si>
     <t>Arthritis, Rheumatoid</t>
   </si>
   <si>
     <t>Pre-filled syringe;Pre-filled pen;Solution for subcutaneous injection</t>
   </si>
   <si>
     <t>150 mg;200 mg</t>
   </si>
   <si>
     <t>09/11/2021</t>
   </si>
   <si>
     <t>14/09/2023</t>
   </si>
   <si>
     <t>https://www.ema.europa.eu/en/medicines/human/shortages/kevzara</t>
   </si>
   <si>
-    <t>Tresiba</t>
-[...13 lines deleted...]
-  <si>
     <t>Methotrexate</t>
   </si>
   <si>
     <t>methotrexate</t>
   </si>
   <si>
     <t>Cancer;Neoplasms;Arthritis, Rheumatoid;Arthritis;Psoriasis;Crohn Disease</t>
   </si>
   <si>
     <t>Various</t>
   </si>
   <si>
     <t>09/08/2023</t>
   </si>
   <si>
     <t>https://www.ema.europa.eu/en/medicines/human/shortages/methotrexate</t>
   </si>
   <si>
     <t>Insuman Rapid, Basal and Comb 25 (insulin human)</t>
   </si>
   <si>
     <t>insulin human</t>
   </si>
   <si>
     <t>Solution for injection;Pre-filled pen</t>
   </si>
   <si>
     <t>3 ml</t>
   </si>
   <si>
     <t>24/01/2023</t>
   </si>
   <si>
     <t>19/07/2023</t>
   </si>
   <si>
     <t>https://www.ema.europa.eu/en/medicines/human/shortages/insuman-rapid-basal-comb-25-insulin-human</t>
   </si>
   <si>
+    <t>Metalyse</t>
+  </si>
+  <si>
+    <t>tenecteplase</t>
+  </si>
+  <si>
+    <t>Myocardial Infarction</t>
+  </si>
+  <si>
+    <t>8,000 units (40 mg);10,000 units (50 mg)</t>
+  </si>
+  <si>
+    <t>23/09/2022</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/shortages/metalyse</t>
+  </si>
+  <si>
     <t>Actilyse and Actilyse Cathflo</t>
   </si>
   <si>
     <t>alteplase</t>
   </si>
   <si>
-    <t>Myocardial Infarction</t>
-[...1 lines deleted...]
-  <si>
     <t>Powder and solvent for solution for injection/infusion</t>
   </si>
   <si>
     <t>10 mg (Actilyse);20 mg (Actilyse);50 mg (Actilyse);2 mg (Actilyse Cathflo)</t>
   </si>
   <si>
-    <t>23/09/2022</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.ema.europa.eu/en/medicines/human/shortages/actilyse-actilyse-cathflo</t>
   </si>
   <si>
-    <t>Metalyse</t>
-[...10 lines deleted...]
-  <si>
     <t>Zerbaxa</t>
   </si>
   <si>
     <t>ceftolozane;tazobactam</t>
   </si>
   <si>
     <t>1 g;0.5 g</t>
   </si>
   <si>
     <t>22/12/2020</t>
   </si>
   <si>
     <t>14/04/2023</t>
   </si>
   <si>
     <t>https://www.ema.europa.eu/en/medicines/human/shortages/zerbaxa</t>
   </si>
   <si>
     <t>Cetrotide</t>
   </si>
   <si>
     <t>cetrorelix acetate</t>
   </si>
   <si>
     <t>Ovulation;Ovulation Induction</t>
@@ -1210,71 +1273,50 @@
     <t>15/02/2023</t>
   </si>
   <si>
     <t>https://www.ema.europa.eu/en/medicines/human/shortages/cetrotide</t>
   </si>
   <si>
     <t>Orgalutran</t>
   </si>
   <si>
     <t>ganirelix</t>
   </si>
   <si>
     <t>Reproductive Techniques, Assisted;Ovulation Induction;Infertility, Female</t>
   </si>
   <si>
     <t>0.25 mg/0.5 ml</t>
   </si>
   <si>
     <t>16/02/2017</t>
   </si>
   <si>
     <t>08/11/2022</t>
   </si>
   <si>
     <t>https://www.ema.europa.eu/en/medicines/human/shortages/orgalutran</t>
-  </si>
-[...19 lines deleted...]
-    <t>https://www.ema.europa.eu/en/medicines/human/shortages/natpar</t>
   </si>
   <si>
     <t>Vfend</t>
   </si>
   <si>
     <t>voriconazole</t>
   </si>
   <si>
     <t>Candidiasis;Mycoses;Aspergillosis</t>
   </si>
   <si>
     <t>200 mg</t>
   </si>
   <si>
     <t>16/04/2021</t>
   </si>
   <si>
     <t>30/06/2021</t>
   </si>
   <si>
     <t>https://www.ema.europa.eu/en/medicines/human/shortages/vfend</t>
   </si>
   <si>
     <t>Respreeza</t>
   </si>
@@ -2060,51 +2102,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AMJ83"/>
+  <dimension ref="A1:AMJ85"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1" topLeftCell="A1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="11.43359375" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="1"/>
     <col min="2" max="2" width="18.29" customWidth="true" style="1"/>
     <col min="3" max="3" width="36.85" customWidth="true" style="1"/>
     <col min="4" max="4" width="26.42" customWidth="true" style="1"/>
     <col min="5" max="5" width="19.42" customWidth="true" style="2"/>
     <col min="6" max="6" width="19.57" customWidth="true" style="2"/>
     <col min="7" max="7" width="16" customWidth="true" style="1"/>
     <col min="8" max="8" width="16" customWidth="true" style="1"/>
     <col min="9" max="9" width="16" customWidth="true" style="1"/>
     <col min="10" max="10" width="16" customWidth="true" style="1"/>
     <col min="11" max="11" width="14.43" customWidth="true" style="1"/>
     <col min="12" max="12" width="15.88" customWidth="true" style="1"/>
     <col min="13" max="13" width="18.42" customWidth="true" style="1"/>
     <col min="14" max="14" width="93.4" customWidth="true" style="1"/>
     <col min="15" max="15" width="11.42" customWidth="true" style="1"/>
     <col min="16" max="16" width="11.42" customWidth="true" style="1"/>
     <col min="17" max="17" width="11.42" customWidth="true" style="1"/>
     <col min="18" max="18" width="11.42" customWidth="true" style="1"/>
@@ -3219,2785 +3261,2869 @@
         <v>16</v>
       </c>
       <c r="N9" s="14" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="10" spans="1:1024">
       <c r="A10" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>19</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="2" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="G10" s="1" t="s">
+      <c r="G10" s="1"/>
+      <c r="H10" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="H10" s="1" t="s">
+      <c r="I10" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L10" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="M10" s="1"/>
+      <c r="N10" s="1" t="s">
         <v>27</v>
-      </c>
-[...4 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="11" spans="1:1024">
       <c r="A11" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B11" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="E11" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="F11" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="C11" s="1" t="s">
+      <c r="G11" s="1"/>
+      <c r="H11" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="I11" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="D11" s="1" t="s">
+      <c r="J11" s="1"/>
+      <c r="K11" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="L11" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="E11" s="2" t="s">
+      <c r="M11" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="N11" s="1" t="s">
         <v>33</v>
-      </c>
-[...19 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="12" spans="1:1024">
       <c r="A12" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="E12" s="2"/>
+        <v>35</v>
+      </c>
+      <c r="E12" s="2" t="s">
+        <v>36</v>
+      </c>
       <c r="F12" s="2" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>36</v>
-[...3 lines deleted...]
-      </c>
+        <v>39</v>
+      </c>
+      <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="M12" s="1" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="N12" s="1" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
     </row>
     <row r="13" spans="1:1024">
       <c r="A13" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B13" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E13" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="F13" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="G13" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="C13" s="1" t="s">
-[...11 lines deleted...]
-      </c>
       <c r="H13" s="1" t="s">
-        <v>36</v>
-[...3 lines deleted...]
-      </c>
+        <v>39</v>
+      </c>
+      <c r="I13" s="1"/>
       <c r="J13" s="1"/>
-      <c r="K13" s="1"/>
+      <c r="K13" s="1" t="s">
+        <v>49</v>
+      </c>
       <c r="L13" s="1" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="M13" s="1" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="N13" s="1" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
     </row>
     <row r="14" spans="1:1024">
       <c r="A14" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>20</v>
+        <v>44</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="E14" s="2"/>
+        <v>54</v>
+      </c>
+      <c r="E14" s="2" t="s">
+        <v>55</v>
+      </c>
       <c r="F14" s="2" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="L14" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="M14" s="1"/>
+        <v>58</v>
+      </c>
+      <c r="M14" s="1" t="s">
+        <v>59</v>
+      </c>
       <c r="N14" s="1" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
     </row>
     <row r="15" spans="1:1024">
       <c r="A15" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>20</v>
+        <v>44</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="E15" s="2"/>
+        <v>62</v>
+      </c>
+      <c r="E15" s="2" t="s">
+        <v>63</v>
+      </c>
       <c r="F15" s="2" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="H15" s="1" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
-      <c r="K15" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="K15" s="1"/>
       <c r="L15" s="1" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="M15" s="1" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="N15" s="1" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
     </row>
     <row r="16" spans="1:1024">
       <c r="A16" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="E16" s="2" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>68</v>
-[...1 lines deleted...]
-      <c r="G16" s="1"/>
+        <v>72</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>73</v>
+      </c>
       <c r="H16" s="1" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="I16" s="1"/>
       <c r="J16" s="1"/>
       <c r="K16" s="1" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="L16" s="1" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="M16" s="1" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="N16" s="1" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
     </row>
     <row r="17" spans="1:1024">
       <c r="A17" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>20</v>
+        <v>44</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="E17" s="2" t="s">
-        <v>75</v>
+        <v>46</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>76</v>
-[...1 lines deleted...]
-      <c r="G17" s="1"/>
+        <v>64</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>80</v>
+      </c>
       <c r="H17" s="1" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="I17" s="1"/>
       <c r="J17" s="1"/>
-      <c r="K17" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="K17" s="1"/>
       <c r="L17" s="1" t="s">
-        <v>78</v>
-[...1 lines deleted...]
-      <c r="M17" s="1"/>
+        <v>81</v>
+      </c>
+      <c r="M17" s="1" t="s">
+        <v>82</v>
+      </c>
       <c r="N17" s="1" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
     </row>
     <row r="18" spans="1:1024">
       <c r="A18" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="E18" s="2"/>
       <c r="F18" s="2" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>60</v>
+        <v>87</v>
       </c>
       <c r="H18" s="1" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="I18" s="1"/>
+        <v>39</v>
+      </c>
+      <c r="I18" s="1" t="s">
+        <v>88</v>
+      </c>
       <c r="J18" s="1"/>
       <c r="K18" s="1"/>
       <c r="L18" s="1" t="s">
-        <v>83</v>
-[...1 lines deleted...]
-      <c r="M18" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="M18" s="1" t="s">
+        <v>90</v>
+      </c>
       <c r="N18" s="1" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
     </row>
     <row r="19" spans="1:1024">
       <c r="A19" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D19" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="E19" s="2"/>
+      <c r="F19" s="2" t="s">
         <v>86</v>
       </c>
-      <c r="E19" s="2" t="s">
+      <c r="G19" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="F19" s="2" t="s">
+      <c r="H19" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="I19" s="1" t="s">
         <v>88</v>
       </c>
-      <c r="G19" s="1" t="s">
-[...5 lines deleted...]
-      <c r="I19" s="1"/>
       <c r="J19" s="1"/>
       <c r="K19" s="1"/>
       <c r="L19" s="1" t="s">
-        <v>91</v>
-[...1 lines deleted...]
-      <c r="M19" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="M19" s="1" t="s">
+        <v>90</v>
+      </c>
       <c r="N19" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="20" spans="1:1024">
       <c r="A20" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>94</v>
-[...1 lines deleted...]
-      <c r="E20" s="2" t="s">
         <v>95</v>
       </c>
+      <c r="E20" s="2"/>
       <c r="F20" s="2" t="s">
         <v>96</v>
       </c>
       <c r="G20" s="1" t="s">
         <v>97</v>
       </c>
       <c r="H20" s="1" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="I20" s="1"/>
       <c r="J20" s="1"/>
       <c r="K20" s="1" t="s">
         <v>98</v>
       </c>
       <c r="L20" s="1" t="s">
         <v>99</v>
       </c>
-      <c r="M20" s="1" t="s">
+      <c r="M20" s="1"/>
+      <c r="N20" s="1" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="21" spans="1:1024">
       <c r="A21" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="D21" s="1"/>
+      <c r="D21" s="1" t="s">
+        <v>102</v>
+      </c>
       <c r="E21" s="2"/>
       <c r="F21" s="2" t="s">
         <v>103</v>
       </c>
       <c r="G21" s="1" t="s">
         <v>104</v>
       </c>
       <c r="H21" s="1" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="I21" s="1"/>
       <c r="J21" s="1"/>
       <c r="K21" s="1" t="s">
         <v>105</v>
       </c>
       <c r="L21" s="1" t="s">
         <v>106</v>
       </c>
-      <c r="M21" s="1"/>
+      <c r="M21" s="1" t="s">
+        <v>107</v>
+      </c>
       <c r="N21" s="1" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="22" spans="1:1024">
       <c r="A22" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="E22" s="2" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="G22" s="1"/>
       <c r="H22" s="1" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="I22" s="1"/>
       <c r="J22" s="1"/>
-      <c r="K22" s="1"/>
+      <c r="K22" s="1" t="s">
+        <v>113</v>
+      </c>
       <c r="L22" s="1" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="M22" s="1" t="s">
-        <v>106</v>
+        <v>115</v>
       </c>
       <c r="N22" s="1" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
     </row>
     <row r="23" spans="1:1024">
       <c r="A23" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="E23" s="2" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="G23" s="1"/>
-      <c r="H23" s="1"/>
+      <c r="H23" s="1" t="s">
+        <v>39</v>
+      </c>
       <c r="I23" s="1"/>
       <c r="J23" s="1"/>
-      <c r="K23" s="1"/>
+      <c r="K23" s="1" t="s">
+        <v>121</v>
+      </c>
       <c r="L23" s="1" t="s">
-        <v>118</v>
-[...3 lines deleted...]
-      </c>
+        <v>122</v>
+      </c>
+      <c r="M23" s="1"/>
       <c r="N23" s="1" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
     </row>
     <row r="24" spans="1:1024">
       <c r="A24" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>122</v>
-[...3 lines deleted...]
-      </c>
+        <v>125</v>
+      </c>
+      <c r="E24" s="2"/>
       <c r="F24" s="2" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="H24" s="1"/>
+        <v>104</v>
+      </c>
+      <c r="H24" s="1" t="s">
+        <v>39</v>
+      </c>
       <c r="I24" s="1"/>
       <c r="J24" s="1"/>
       <c r="K24" s="1"/>
       <c r="L24" s="1" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="M24" s="1" t="s">
         <v>127</v>
       </c>
+      <c r="M24" s="1"/>
       <c r="N24" s="1" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="25" spans="1:1024">
       <c r="A25" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>130</v>
       </c>
       <c r="E25" s="2" t="s">
         <v>131</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G25" s="1" t="s">
         <v>133</v>
       </c>
-      <c r="H25" s="1"/>
-      <c r="I25" s="1" t="s">
+      <c r="H25" s="1" t="s">
         <v>134</v>
       </c>
+      <c r="I25" s="1"/>
       <c r="J25" s="1"/>
       <c r="K25" s="1"/>
       <c r="L25" s="1" t="s">
         <v>135</v>
       </c>
-      <c r="M25" s="1" t="s">
+      <c r="M25" s="1"/>
+      <c r="N25" s="1" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="26" spans="1:1024">
       <c r="A26" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B26" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" s="1" t="s">
         <v>138</v>
       </c>
-      <c r="C26" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D26" s="1" t="s">
+      <c r="E26" s="2" t="s">
         <v>139</v>
       </c>
-      <c r="E26" s="2" t="s">
+      <c r="F26" s="2" t="s">
         <v>140</v>
       </c>
-      <c r="F26" s="2" t="s">
+      <c r="G26" s="1" t="s">
         <v>141</v>
       </c>
-      <c r="G26" s="1" t="s">
-[...2 lines deleted...]
-      <c r="H26" s="1"/>
+      <c r="H26" s="1" t="s">
+        <v>39</v>
+      </c>
       <c r="I26" s="1"/>
       <c r="J26" s="1"/>
-      <c r="K26" s="1"/>
+      <c r="K26" s="1" t="s">
+        <v>142</v>
+      </c>
       <c r="L26" s="1" t="s">
         <v>143</v>
       </c>
       <c r="M26" s="1" t="s">
-        <v>136</v>
+        <v>144</v>
       </c>
       <c r="N26" s="1" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="27" spans="1:1024">
       <c r="A27" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D27" s="1"/>
-      <c r="E27" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E27" s="2"/>
       <c r="F27" s="2" t="s">
         <v>147</v>
       </c>
       <c r="G27" s="1" t="s">
         <v>148</v>
       </c>
       <c r="H27" s="1" t="s">
-        <v>36</v>
-[...3 lines deleted...]
-      </c>
+        <v>39</v>
+      </c>
+      <c r="I27" s="1"/>
       <c r="J27" s="1"/>
       <c r="K27" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="L27" s="1" t="s">
         <v>150</v>
       </c>
-      <c r="L27" s="1" t="s">
-[...2 lines deleted...]
-      <c r="M27" s="1" t="s">
+      <c r="M27" s="1"/>
+      <c r="N27" s="1" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
     </row>
     <row r="28" spans="1:1024">
       <c r="A28" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B28" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="D28" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="C28" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D28" s="1" t="s">
+      <c r="E28" s="2" t="s">
         <v>154</v>
       </c>
-      <c r="E28" s="2" t="s">
+      <c r="F28" s="2" t="s">
         <v>155</v>
       </c>
-      <c r="F28" s="2" t="s">
-[...5 lines deleted...]
-      <c r="H28" s="1"/>
+      <c r="G28" s="1"/>
+      <c r="H28" s="1" t="s">
+        <v>39</v>
+      </c>
       <c r="I28" s="1"/>
       <c r="J28" s="1"/>
       <c r="K28" s="1"/>
       <c r="L28" s="1" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="M28" s="1" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="N28" s="1" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
     </row>
     <row r="29" spans="1:1024">
       <c r="A29" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B29" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="E29" s="2" t="s">
         <v>160</v>
       </c>
-      <c r="C29" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D29" s="1" t="s">
+      <c r="F29" s="2" t="s">
         <v>161</v>
       </c>
-      <c r="E29" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G29" s="1"/>
-      <c r="H29" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H29" s="1"/>
       <c r="I29" s="1"/>
       <c r="J29" s="1"/>
-      <c r="K29" s="1" t="s">
+      <c r="K29" s="1"/>
+      <c r="L29" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="M29" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="N29" s="1" t="s">
         <v>164</v>
-      </c>
-[...7 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="30" spans="1:1024">
       <c r="A30" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B30" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="E30" s="2" t="s">
+        <v>167</v>
+      </c>
+      <c r="F30" s="2" t="s">
         <v>168</v>
       </c>
-      <c r="C30" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D30" s="1" t="s">
+      <c r="G30" s="1" t="s">
         <v>169</v>
       </c>
-      <c r="E30" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H30" s="1"/>
-      <c r="I30" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I30" s="1"/>
       <c r="J30" s="1"/>
       <c r="K30" s="1"/>
       <c r="L30" s="1" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="M30" s="1" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="N30" s="1" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
     </row>
     <row r="31" spans="1:1024">
       <c r="A31" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B31" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="E31" s="2" t="s">
+        <v>175</v>
+      </c>
+      <c r="F31" s="2" t="s">
+        <v>176</v>
+      </c>
+      <c r="G31" s="1" t="s">
         <v>177</v>
       </c>
-      <c r="C31" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D31" s="1" t="s">
+      <c r="H31" s="1"/>
+      <c r="I31" s="1" t="s">
         <v>178</v>
       </c>
-      <c r="E31" s="2" t="s">
+      <c r="J31" s="1"/>
+      <c r="K31" s="1"/>
+      <c r="L31" s="1" t="s">
         <v>179</v>
       </c>
-      <c r="F31" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G31" s="1" t="s">
+      <c r="M31" s="1" t="s">
         <v>180</v>
       </c>
-      <c r="H31" s="1" t="s">
-[...2 lines deleted...]
-      <c r="I31" s="1" t="s">
+      <c r="N31" s="1" t="s">
         <v>181</v>
-      </c>
-[...11 lines deleted...]
-        <v>185</v>
       </c>
     </row>
     <row r="32" spans="1:1024">
       <c r="A32" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B32" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="E32" s="2" t="s">
+        <v>184</v>
+      </c>
+      <c r="F32" s="2" t="s">
+        <v>185</v>
+      </c>
+      <c r="G32" s="1" t="s">
         <v>186</v>
       </c>
-      <c r="C32" s="1" t="s">
-[...16 lines deleted...]
-      </c>
+      <c r="H32" s="1"/>
       <c r="I32" s="1"/>
       <c r="J32" s="1"/>
       <c r="K32" s="1"/>
       <c r="L32" s="1" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="M32" s="1" t="s">
-        <v>190</v>
+        <v>180</v>
       </c>
       <c r="N32" s="1" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
     </row>
     <row r="33" spans="1:1024">
       <c r="A33" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="D33" s="1" t="s">
+      <c r="D33" s="1"/>
+      <c r="E33" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="F33" s="2" t="s">
+        <v>191</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="H33" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="I33" s="1" t="s">
         <v>193</v>
       </c>
-      <c r="E33" s="2" t="s">
-[...11 lines deleted...]
-      <c r="I33" s="1"/>
       <c r="J33" s="1"/>
       <c r="K33" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="L33" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="M33" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="N33" s="1" t="s">
         <v>196</v>
-      </c>
-[...7 lines deleted...]
-        <v>199</v>
       </c>
     </row>
     <row r="34" spans="1:1024">
       <c r="A34" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B34" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="E34" s="2" t="s">
+        <v>199</v>
+      </c>
+      <c r="F34" s="2" t="s">
         <v>200</v>
       </c>
-      <c r="C34" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D34" s="1" t="s">
+      <c r="G34" s="1" t="s">
         <v>201</v>
       </c>
-      <c r="E34" s="2" t="s">
-[...11 lines deleted...]
-      </c>
+      <c r="H34" s="1"/>
+      <c r="I34" s="1"/>
       <c r="J34" s="1"/>
       <c r="K34" s="1"/>
       <c r="L34" s="1" t="s">
-        <v>204</v>
-[...1 lines deleted...]
-      <c r="M34" s="1"/>
+        <v>202</v>
+      </c>
+      <c r="M34" s="1" t="s">
+        <v>195</v>
+      </c>
       <c r="N34" s="1" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
     </row>
     <row r="35" spans="1:1024">
       <c r="A35" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="D35" s="1"/>
-[...2 lines deleted...]
-      <c r="G35" s="1" t="s">
+      <c r="D35" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="E35" s="2" t="s">
+        <v>206</v>
+      </c>
+      <c r="F35" s="2" t="s">
         <v>207</v>
       </c>
+      <c r="G35" s="1"/>
       <c r="H35" s="1" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="I35" s="1"/>
       <c r="J35" s="1"/>
       <c r="K35" s="1" t="s">
         <v>208</v>
       </c>
       <c r="L35" s="1" t="s">
         <v>209</v>
       </c>
-      <c r="M35" s="1"/>
+      <c r="M35" s="1" t="s">
+        <v>210</v>
+      </c>
       <c r="N35" s="1" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
     <row r="36" spans="1:1024">
       <c r="A36" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>20</v>
+        <v>44</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>187</v>
+        <v>213</v>
       </c>
       <c r="E36" s="2" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>213</v>
+        <v>30</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>188</v>
-[...4 lines deleted...]
-      <c r="I36" s="1"/>
+        <v>215</v>
+      </c>
+      <c r="H36" s="1"/>
+      <c r="I36" s="1" t="s">
+        <v>216</v>
+      </c>
       <c r="J36" s="1"/>
-      <c r="K36" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="K36" s="1"/>
       <c r="L36" s="1" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="M36" s="1" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="N36" s="1" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
     </row>
     <row r="37" spans="1:1024">
       <c r="A37" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="E37" s="2" t="s">
-        <v>33</v>
+        <v>222</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>213</v>
+        <v>161</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="H37" s="1" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="I37" s="1"/>
+        <v>39</v>
+      </c>
+      <c r="I37" s="1" t="s">
+        <v>224</v>
+      </c>
       <c r="J37" s="1"/>
       <c r="K37" s="1" t="s">
-        <v>214</v>
+        <v>225</v>
       </c>
       <c r="L37" s="1" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
       <c r="M37" s="1" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="N37" s="1" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
     </row>
     <row r="38" spans="1:1024">
       <c r="A38" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
       <c r="E38" s="2" t="s">
-        <v>226</v>
+        <v>46</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>227</v>
-[...1 lines deleted...]
-      <c r="G38" s="1"/>
+        <v>64</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>231</v>
+      </c>
       <c r="H38" s="1" t="s">
-        <v>36</v>
-[...3 lines deleted...]
-      </c>
+        <v>39</v>
+      </c>
+      <c r="I38" s="1"/>
       <c r="J38" s="1"/>
       <c r="K38" s="1"/>
       <c r="L38" s="1" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="M38" s="1" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="N38" s="1" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
     </row>
     <row r="39" spans="1:1024">
       <c r="A39" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="D39" s="1"/>
+      <c r="D39" s="1" t="s">
+        <v>236</v>
+      </c>
       <c r="E39" s="2" t="s">
-        <v>233</v>
+        <v>119</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>234</v>
-[...1 lines deleted...]
-      <c r="G39" s="1"/>
+        <v>237</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>238</v>
+      </c>
       <c r="H39" s="1" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="I39" s="1"/>
       <c r="J39" s="1"/>
       <c r="K39" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="L39" s="1" t="s">
-        <v>235</v>
-[...1 lines deleted...]
-      <c r="M39" s="1"/>
+        <v>240</v>
+      </c>
+      <c r="M39" s="1" t="s">
+        <v>241</v>
+      </c>
       <c r="N39" s="1" t="s">
-        <v>236</v>
+        <v>242</v>
       </c>
     </row>
     <row r="40" spans="1:1024">
       <c r="A40" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>238</v>
-[...4 lines deleted...]
-      </c>
+        <v>244</v>
+      </c>
+      <c r="E40" s="2" t="s">
+        <v>245</v>
+      </c>
+      <c r="F40" s="2"/>
       <c r="G40" s="1" t="s">
-        <v>240</v>
+        <v>246</v>
       </c>
       <c r="H40" s="1" t="s">
-        <v>25</v>
-[...4 lines deleted...]
-      </c>
+        <v>39</v>
+      </c>
+      <c r="I40" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="J40" s="1"/>
       <c r="K40" s="1"/>
       <c r="L40" s="1" t="s">
-        <v>45</v>
-[...3 lines deleted...]
-      </c>
+        <v>247</v>
+      </c>
+      <c r="M40" s="1"/>
       <c r="N40" s="1" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
     </row>
     <row r="41" spans="1:1024">
       <c r="A41" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>31</v>
-[...9 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="D41" s="1"/>
+      <c r="E41" s="2"/>
+      <c r="F41" s="2"/>
       <c r="G41" s="1" t="s">
-        <v>247</v>
-[...1 lines deleted...]
-      <c r="H41" s="1"/>
+        <v>250</v>
+      </c>
+      <c r="H41" s="1" t="s">
+        <v>39</v>
+      </c>
       <c r="I41" s="1"/>
       <c r="J41" s="1"/>
-      <c r="K41" s="1"/>
+      <c r="K41" s="1" t="s">
+        <v>251</v>
+      </c>
       <c r="L41" s="1" t="s">
-        <v>248</v>
-[...3 lines deleted...]
-      </c>
+        <v>252</v>
+      </c>
+      <c r="M41" s="1"/>
       <c r="N41" s="1" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
     </row>
     <row r="42" spans="1:1024">
       <c r="A42" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>251</v>
+        <v>230</v>
       </c>
       <c r="E42" s="2" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>253</v>
+        <v>47</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>254</v>
+        <v>231</v>
       </c>
       <c r="H42" s="1" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="I42" s="1"/>
       <c r="J42" s="1"/>
       <c r="K42" s="1" t="s">
-        <v>255</v>
+        <v>49</v>
       </c>
       <c r="L42" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="M42" s="1" t="s">
         <v>256</v>
       </c>
-      <c r="M42" s="1" t="s">
+      <c r="N42" s="1" t="s">
         <v>257</v>
-      </c>
-[...1 lines deleted...]
-        <v>258</v>
       </c>
     </row>
     <row r="43" spans="1:1024">
       <c r="A43" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B43" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="D43" s="1" t="s">
         <v>259</v>
       </c>
-      <c r="C43" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D43" s="1" t="s">
+      <c r="E43" s="2" t="s">
         <v>260</v>
       </c>
-      <c r="E43" s="2" t="s">
+      <c r="F43" s="2" t="s">
         <v>261</v>
       </c>
-      <c r="F43" s="2" t="s">
+      <c r="G43" s="1"/>
+      <c r="H43" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="I43" s="1" t="s">
         <v>262</v>
       </c>
-      <c r="G43" s="1" t="s">
-[...3 lines deleted...]
-      <c r="I43" s="1"/>
       <c r="J43" s="1"/>
       <c r="K43" s="1"/>
       <c r="L43" s="1" t="s">
-        <v>174</v>
+        <v>263</v>
       </c>
       <c r="M43" s="1" t="s">
         <v>264</v>
       </c>
       <c r="N43" s="1" t="s">
         <v>265</v>
       </c>
     </row>
     <row r="44" spans="1:1024">
       <c r="A44" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B44" s="1" t="s">
         <v>266</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="D44" s="1" t="s">
+      <c r="D44" s="1"/>
+      <c r="E44" s="2" t="s">
         <v>267</v>
       </c>
-      <c r="E44" s="2" t="s">
+      <c r="F44" s="2" t="s">
         <v>268</v>
       </c>
-      <c r="F44" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G44" s="1"/>
       <c r="H44" s="1" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="I44" s="1"/>
       <c r="J44" s="1"/>
-      <c r="K44" s="1"/>
+      <c r="K44" s="1" t="s">
+        <v>49</v>
+      </c>
       <c r="L44" s="1" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="M44" s="1"/>
       <c r="N44" s="1" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
     </row>
     <row r="45" spans="1:1024">
       <c r="A45" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B45" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="E45" s="2"/>
+      <c r="F45" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="G45" s="1" t="s">
         <v>273</v>
       </c>
-      <c r="C45" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D45" s="1" t="s">
+      <c r="H45" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="I45" s="1"/>
+      <c r="J45" s="1" t="s">
         <v>274</v>
       </c>
-      <c r="E45" s="2" t="s">
-[...12 lines deleted...]
-      <c r="J45" s="1"/>
       <c r="K45" s="1"/>
       <c r="L45" s="1" t="s">
-        <v>278</v>
+        <v>89</v>
       </c>
       <c r="M45" s="1" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="N45" s="1" t="s">
-        <v>280</v>
+        <v>276</v>
       </c>
     </row>
     <row r="46" spans="1:1024">
       <c r="A46" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>20</v>
+        <v>44</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="E46" s="2" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>213</v>
+        <v>140</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>284</v>
-[...3 lines deleted...]
-      </c>
+        <v>280</v>
+      </c>
+      <c r="H46" s="1"/>
       <c r="I46" s="1"/>
       <c r="J46" s="1"/>
       <c r="K46" s="1"/>
       <c r="L46" s="1" t="s">
-        <v>285</v>
+        <v>281</v>
       </c>
       <c r="M46" s="1" t="s">
-        <v>286</v>
+        <v>275</v>
       </c>
       <c r="N46" s="1" t="s">
-        <v>287</v>
+        <v>282</v>
       </c>
     </row>
     <row r="47" spans="1:1024">
       <c r="A47" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>288</v>
+        <v>283</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>289</v>
+        <v>284</v>
       </c>
       <c r="E47" s="2" t="s">
-        <v>290</v>
+        <v>285</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="G47" s="1"/>
+        <v>286</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>287</v>
+      </c>
       <c r="H47" s="1" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="I47" s="1"/>
       <c r="J47" s="1"/>
-      <c r="K47" s="1"/>
+      <c r="K47" s="1" t="s">
+        <v>288</v>
+      </c>
       <c r="L47" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="M47" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="N47" s="1" t="s">
         <v>291</v>
-      </c>
-[...2 lines deleted...]
-        <v>292</v>
       </c>
     </row>
     <row r="48" spans="1:1024">
       <c r="A48" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B48" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="D48" s="1" t="s">
         <v>293</v>
       </c>
-      <c r="C48" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D48" s="1" t="s">
+      <c r="E48" s="2" t="s">
         <v>294</v>
       </c>
-      <c r="E48" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F48" s="2" t="s">
-        <v>163</v>
-[...1 lines deleted...]
-      <c r="G48" s="1"/>
+        <v>295</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>296</v>
+      </c>
       <c r="H48" s="1"/>
       <c r="I48" s="1"/>
       <c r="J48" s="1"/>
-      <c r="K48" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="K48" s="1"/>
       <c r="L48" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="M48" s="1"/>
+        <v>217</v>
+      </c>
+      <c r="M48" s="1" t="s">
+        <v>297</v>
+      </c>
       <c r="N48" s="1" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
     </row>
     <row r="49" spans="1:1024">
       <c r="A49" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="E49" s="2" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>239</v>
+        <v>302</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="H49" s="1" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="I49" s="1"/>
       <c r="J49" s="1"/>
-      <c r="K49" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="K49" s="1"/>
       <c r="L49" s="1" t="s">
-        <v>300</v>
-[...3 lines deleted...]
-      </c>
+        <v>304</v>
+      </c>
+      <c r="M49" s="1"/>
       <c r="N49" s="1" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
     </row>
     <row r="50" spans="1:1024">
       <c r="A50" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>20</v>
+        <v>44</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="E50" s="2" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
       <c r="H50" s="1" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="I50" s="1"/>
       <c r="J50" s="1"/>
-      <c r="K50" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="K50" s="1"/>
       <c r="L50" s="1" t="s">
-        <v>308</v>
-[...1 lines deleted...]
-      <c r="M50" s="1"/>
+        <v>311</v>
+      </c>
+      <c r="M50" s="1" t="s">
+        <v>312</v>
+      </c>
       <c r="N50" s="1" t="s">
-        <v>309</v>
+        <v>313</v>
       </c>
     </row>
     <row r="51" spans="1:1024">
       <c r="A51" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>32</v>
+        <v>315</v>
       </c>
       <c r="E51" s="2" t="s">
-        <v>33</v>
+        <v>316</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>311</v>
-[...6 lines deleted...]
-      </c>
+        <v>207</v>
+      </c>
+      <c r="G51" s="1"/>
+      <c r="H51" s="1"/>
       <c r="I51" s="1"/>
       <c r="J51" s="1"/>
-      <c r="K51" s="1"/>
+      <c r="K51" s="1">
+        <v>2025</v>
+      </c>
       <c r="L51" s="1" t="s">
-        <v>313</v>
-[...3 lines deleted...]
-      </c>
+        <v>317</v>
+      </c>
+      <c r="M51" s="1"/>
       <c r="N51" s="1" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
     </row>
     <row r="52" spans="1:1024">
       <c r="A52" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="E52" s="2" t="s">
-        <v>318</v>
+        <v>316</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>319</v>
-[...3 lines deleted...]
-      </c>
+        <v>140</v>
+      </c>
+      <c r="G52" s="1"/>
       <c r="H52" s="1" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="I52" s="1"/>
       <c r="J52" s="1"/>
       <c r="K52" s="1"/>
       <c r="L52" s="1" t="s">
-        <v>321</v>
+        <v>317</v>
       </c>
       <c r="M52" s="1"/>
       <c r="N52" s="1" t="s">
-        <v>322</v>
+        <v>321</v>
       </c>
     </row>
     <row r="53" spans="1:1024">
       <c r="A53" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B53" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="D53" s="1" t="s">
         <v>323</v>
-      </c>
-[...4 lines deleted...]
-        <v>122</v>
       </c>
       <c r="E53" s="2" t="s">
         <v>324</v>
       </c>
       <c r="F53" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="G53" s="1" t="s">
         <v>325</v>
       </c>
-      <c r="G53" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H53" s="1" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="I53" s="1"/>
       <c r="J53" s="1"/>
-      <c r="K53" s="1"/>
+      <c r="K53" s="1" t="s">
+        <v>49</v>
+      </c>
       <c r="L53" s="1" t="s">
         <v>326</v>
       </c>
       <c r="M53" s="1" t="s">
-        <v>70</v>
+        <v>240</v>
       </c>
       <c r="N53" s="1" t="s">
         <v>327</v>
       </c>
     </row>
     <row r="54" spans="1:1024">
       <c r="A54" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B54" s="1" t="s">
         <v>328</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>329</v>
       </c>
       <c r="E54" s="2" t="s">
         <v>330</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>305</v>
+        <v>331</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>254</v>
+        <v>332</v>
       </c>
       <c r="H54" s="1" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="I54" s="1"/>
       <c r="J54" s="1"/>
-      <c r="K54" s="1"/>
+      <c r="K54" s="1" t="s">
+        <v>333</v>
+      </c>
       <c r="L54" s="1" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="M54" s="1"/>
       <c r="N54" s="1" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
     </row>
     <row r="55" spans="1:1024">
       <c r="A55" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>334</v>
+        <v>79</v>
       </c>
       <c r="E55" s="2" t="s">
-        <v>335</v>
+        <v>46</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="H55" s="1"/>
+        <v>338</v>
+      </c>
+      <c r="H55" s="1" t="s">
+        <v>39</v>
+      </c>
       <c r="I55" s="1"/>
       <c r="J55" s="1"/>
       <c r="K55" s="1"/>
       <c r="L55" s="1" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="M55" s="1" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="N55" s="1" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
     </row>
     <row r="56" spans="1:1024">
       <c r="A56" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="E56" s="2" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="H56" s="1" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="I56" s="1"/>
       <c r="J56" s="1"/>
       <c r="K56" s="1"/>
       <c r="L56" s="1" t="s">
-        <v>345</v>
-[...3 lines deleted...]
-      </c>
+        <v>347</v>
+      </c>
+      <c r="M56" s="1"/>
       <c r="N56" s="1" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
     </row>
     <row r="57" spans="1:1024">
       <c r="A57" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>20</v>
+        <v>44</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>349</v>
+        <v>166</v>
       </c>
       <c r="E57" s="2" t="s">
         <v>350</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>34</v>
+        <v>351</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>351</v>
+        <v>169</v>
       </c>
       <c r="H57" s="1" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="I57" s="1"/>
       <c r="J57" s="1"/>
       <c r="K57" s="1"/>
       <c r="L57" s="1" t="s">
-        <v>215</v>
-[...1 lines deleted...]
-      <c r="M57" s="1"/>
+        <v>352</v>
+      </c>
+      <c r="M57" s="1" t="s">
+        <v>114</v>
+      </c>
       <c r="N57" s="1" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
     </row>
     <row r="58" spans="1:1024">
       <c r="A58" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="E58" s="2" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>96</v>
+        <v>331</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>356</v>
+        <v>287</v>
       </c>
       <c r="H58" s="1" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="I58" s="1"/>
       <c r="J58" s="1"/>
       <c r="K58" s="1"/>
       <c r="L58" s="1" t="s">
         <v>357</v>
       </c>
       <c r="M58" s="1"/>
       <c r="N58" s="1" t="s">
         <v>358</v>
       </c>
     </row>
     <row r="59" spans="1:1024">
       <c r="A59" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B59" s="1" t="s">
         <v>359</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>20</v>
+        <v>44</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>360</v>
       </c>
       <c r="E59" s="2" t="s">
-        <v>350</v>
+        <v>361</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>362</v>
+        <v>73</v>
       </c>
       <c r="H59" s="1"/>
       <c r="I59" s="1"/>
       <c r="J59" s="1"/>
       <c r="K59" s="1"/>
       <c r="L59" s="1" t="s">
         <v>363</v>
       </c>
       <c r="M59" s="1" t="s">
         <v>364</v>
       </c>
       <c r="N59" s="1" t="s">
         <v>365</v>
       </c>
     </row>
     <row r="60" spans="1:1024">
       <c r="A60" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B60" s="1" t="s">
         <v>366</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="D60" s="1" t="s">
         <v>367</v>
       </c>
       <c r="E60" s="2" t="s">
         <v>368</v>
       </c>
       <c r="F60" s="2" t="s">
         <v>369</v>
       </c>
       <c r="G60" s="1" t="s">
         <v>370</v>
       </c>
       <c r="H60" s="1" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="I60" s="1"/>
       <c r="J60" s="1"/>
       <c r="K60" s="1"/>
       <c r="L60" s="1" t="s">
         <v>371</v>
       </c>
       <c r="M60" s="1" t="s">
-        <v>326</v>
+        <v>372</v>
       </c>
       <c r="N60" s="1" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
     </row>
     <row r="61" spans="1:1024">
       <c r="A61" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="E61" s="2" t="s">
-        <v>368</v>
+        <v>376</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>239</v>
+        <v>140</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="H61" s="1" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="I61" s="1"/>
       <c r="J61" s="1"/>
       <c r="K61" s="1"/>
       <c r="L61" s="1" t="s">
-        <v>371</v>
-[...3 lines deleted...]
-      </c>
+        <v>378</v>
+      </c>
+      <c r="M61" s="1"/>
       <c r="N61" s="1" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
     </row>
     <row r="62" spans="1:1024">
       <c r="A62" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="E62" s="2" t="s">
-        <v>226</v>
+        <v>63</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>262</v>
+        <v>382</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>379</v>
-[...3 lines deleted...]
-      </c>
+        <v>383</v>
+      </c>
+      <c r="H62" s="1"/>
       <c r="I62" s="1"/>
       <c r="J62" s="1"/>
       <c r="K62" s="1"/>
       <c r="L62" s="1" t="s">
-        <v>380</v>
+        <v>384</v>
       </c>
       <c r="M62" s="1" t="s">
-        <v>381</v>
+        <v>385</v>
       </c>
       <c r="N62" s="1" t="s">
-        <v>382</v>
+        <v>386</v>
       </c>
     </row>
     <row r="63" spans="1:1024">
       <c r="A63" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="E63" s="2" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>386</v>
+        <v>37</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="H63" s="1" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="I63" s="1"/>
       <c r="J63" s="1"/>
       <c r="K63" s="1"/>
       <c r="L63" s="1" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="M63" s="1" t="s">
-        <v>389</v>
+        <v>352</v>
       </c>
       <c r="N63" s="1" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
     </row>
     <row r="64" spans="1:1024">
       <c r="A64" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="E64" s="2" t="s">
-        <v>393</v>
+        <v>389</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>213</v>
+        <v>395</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="H64" s="1" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="I64" s="1"/>
       <c r="J64" s="1"/>
       <c r="K64" s="1"/>
       <c r="L64" s="1" t="s">
-        <v>395</v>
+        <v>391</v>
       </c>
       <c r="M64" s="1" t="s">
-        <v>396</v>
+        <v>352</v>
       </c>
       <c r="N64" s="1" t="s">
         <v>397</v>
       </c>
     </row>
     <row r="65" spans="1:1024">
       <c r="A65" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B65" s="1" t="s">
         <v>398</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>20</v>
+        <v>44</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>399</v>
       </c>
       <c r="E65" s="2" t="s">
+        <v>260</v>
+      </c>
+      <c r="F65" s="2" t="s">
+        <v>295</v>
+      </c>
+      <c r="G65" s="1" t="s">
         <v>400</v>
       </c>
-      <c r="F65" s="2" t="s">
-[...5 lines deleted...]
-      <c r="H65" s="1"/>
+      <c r="H65" s="1" t="s">
+        <v>39</v>
+      </c>
       <c r="I65" s="1"/>
       <c r="J65" s="1"/>
       <c r="K65" s="1"/>
       <c r="L65" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="M65" s="1" t="s">
         <v>402</v>
       </c>
-      <c r="M65" s="1" t="s">
+      <c r="N65" s="1" t="s">
         <v>403</v>
-      </c>
-[...1 lines deleted...]
-        <v>404</v>
       </c>
     </row>
     <row r="66" spans="1:1024">
       <c r="A66" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B66" s="1" t="s">
+        <v>404</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="D66" s="1" t="s">
         <v>405</v>
       </c>
-      <c r="C66" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D66" s="1" t="s">
+      <c r="E66" s="2" t="s">
         <v>406</v>
       </c>
-      <c r="E66" s="2" t="s">
+      <c r="F66" s="2" t="s">
         <v>407</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="G66" s="1" t="s">
         <v>408</v>
       </c>
       <c r="H66" s="1" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="I66" s="1"/>
       <c r="J66" s="1"/>
       <c r="K66" s="1"/>
       <c r="L66" s="1" t="s">
         <v>409</v>
       </c>
       <c r="M66" s="1" t="s">
         <v>410</v>
       </c>
       <c r="N66" s="1" t="s">
         <v>411</v>
       </c>
     </row>
     <row r="67" spans="1:1024">
       <c r="A67" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B67" s="1" t="s">
         <v>412</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="D67" s="1" t="s">
         <v>413</v>
       </c>
       <c r="E67" s="2" t="s">
         <v>414</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>386</v>
+        <v>47</v>
       </c>
       <c r="G67" s="1" t="s">
         <v>415</v>
       </c>
       <c r="H67" s="1" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="I67" s="1"/>
       <c r="J67" s="1"/>
       <c r="K67" s="1"/>
       <c r="L67" s="1" t="s">
         <v>416</v>
       </c>
       <c r="M67" s="1" t="s">
         <v>417</v>
       </c>
       <c r="N67" s="1" t="s">
         <v>418</v>
       </c>
     </row>
     <row r="68" spans="1:1024">
       <c r="A68" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>412</v>
+        <v>419</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>413</v>
+        <v>420</v>
       </c>
       <c r="E68" s="2" t="s">
-        <v>414</v>
+        <v>421</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>386</v>
+        <v>161</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="H68" s="1" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="I68" s="1"/>
       <c r="J68" s="1"/>
       <c r="K68" s="1"/>
       <c r="L68" s="1" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="M68" s="1" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="N68" s="1" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
     </row>
     <row r="69" spans="1:1024">
       <c r="A69" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="E69" s="2" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>34</v>
+        <v>407</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="H69" s="1" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="I69" s="1"/>
       <c r="J69" s="1"/>
       <c r="K69" s="1"/>
       <c r="L69" s="1" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="M69" s="1" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="N69" s="1" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
     </row>
     <row r="70" spans="1:1024">
       <c r="A70" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>430</v>
+        <v>426</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>431</v>
+        <v>427</v>
       </c>
       <c r="E70" s="2" t="s">
-        <v>432</v>
+        <v>428</v>
       </c>
       <c r="F70" s="2" t="s">
+        <v>407</v>
+      </c>
+      <c r="G70" s="1" t="s">
         <v>433</v>
       </c>
-      <c r="G70" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H70" s="1" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="I70" s="1"/>
       <c r="J70" s="1"/>
       <c r="K70" s="1"/>
       <c r="L70" s="1" t="s">
+        <v>434</v>
+      </c>
+      <c r="M70" s="1" t="s">
         <v>435</v>
       </c>
-      <c r="M70" s="1" t="s">
+      <c r="N70" s="1" t="s">
         <v>436</v>
-      </c>
-[...1 lines deleted...]
-        <v>437</v>
       </c>
     </row>
     <row r="71" spans="1:1024">
       <c r="A71" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B71" s="1" t="s">
+        <v>437</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="D71" s="1" t="s">
         <v>438</v>
       </c>
-      <c r="C71" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D71" s="1" t="s">
+      <c r="E71" s="2" t="s">
         <v>439</v>
       </c>
-      <c r="E71" s="2" t="s">
+      <c r="F71" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="G71" s="1" t="s">
         <v>440</v>
       </c>
-      <c r="F71" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G71" s="1"/>
       <c r="H71" s="1" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="I71" s="1"/>
       <c r="J71" s="1"/>
       <c r="K71" s="1"/>
       <c r="L71" s="1" t="s">
         <v>441</v>
       </c>
       <c r="M71" s="1" t="s">
         <v>442</v>
       </c>
       <c r="N71" s="1" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="72" spans="1:1024">
       <c r="A72" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B72" s="1" t="s">
         <v>444</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="D72" s="1" t="s">
         <v>445</v>
       </c>
       <c r="E72" s="2" t="s">
         <v>446</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>336</v>
-[...1 lines deleted...]
-      <c r="G72" s="1"/>
+        <v>447</v>
+      </c>
+      <c r="G72" s="1" t="s">
+        <v>448</v>
+      </c>
       <c r="H72" s="1" t="s">
-        <v>447</v>
+        <v>39</v>
       </c>
       <c r="I72" s="1"/>
       <c r="J72" s="1"/>
       <c r="K72" s="1"/>
       <c r="L72" s="1" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="M72" s="1" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="N72" s="1" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
     </row>
     <row r="73" spans="1:1024">
       <c r="A73" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="E73" s="2" t="s">
-        <v>95</v>
+        <v>454</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>336</v>
+        <v>161</v>
       </c>
       <c r="G73" s="1"/>
       <c r="H73" s="1" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="I73" s="1"/>
       <c r="J73" s="1"/>
       <c r="K73" s="1"/>
       <c r="L73" s="1" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="M73" s="1" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="N73" s="1" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
     </row>
     <row r="74" spans="1:1024">
       <c r="A74" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="E74" s="2" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>459</v>
-[...3 lines deleted...]
-      </c>
+        <v>362</v>
+      </c>
+      <c r="G74" s="1"/>
       <c r="H74" s="1" t="s">
-        <v>36</v>
+        <v>461</v>
       </c>
       <c r="I74" s="1"/>
       <c r="J74" s="1"/>
       <c r="K74" s="1"/>
       <c r="L74" s="1" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="M74" s="1" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="N74" s="1" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
     </row>
     <row r="75" spans="1:1024">
       <c r="A75" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="E75" s="2" t="s">
-        <v>466</v>
+        <v>139</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>467</v>
+        <v>362</v>
       </c>
       <c r="G75" s="1"/>
       <c r="H75" s="1" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="I75" s="1"/>
       <c r="J75" s="1"/>
       <c r="K75" s="1"/>
       <c r="L75" s="1" t="s">
+        <v>467</v>
+      </c>
+      <c r="M75" s="1" t="s">
         <v>468</v>
       </c>
-      <c r="M75" s="1" t="s">
+      <c r="N75" s="1" t="s">
         <v>469</v>
-      </c>
-[...1 lines deleted...]
-        <v>470</v>
       </c>
     </row>
     <row r="76" spans="1:1024">
       <c r="A76" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B76" s="1" t="s">
+        <v>470</v>
+      </c>
+      <c r="C76" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="D76" s="1" t="s">
         <v>471</v>
       </c>
-      <c r="C76" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E76" s="2" t="s">
-        <v>350</v>
+        <v>472</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>362</v>
+        <v>474</v>
       </c>
       <c r="H76" s="1" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="I76" s="1"/>
       <c r="J76" s="1"/>
       <c r="K76" s="1"/>
       <c r="L76" s="1" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="M76" s="1" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="N76" s="1" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
     </row>
     <row r="77" spans="1:1024">
       <c r="A77" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="E77" s="2" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>262</v>
-[...3 lines deleted...]
-      </c>
+        <v>481</v>
+      </c>
+      <c r="G77" s="1"/>
       <c r="H77" s="1" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="I77" s="1"/>
       <c r="J77" s="1"/>
       <c r="K77" s="1"/>
       <c r="L77" s="1" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="M77" s="1" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="N77" s="1" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
     </row>
     <row r="78" spans="1:1024">
       <c r="A78" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>484</v>
+        <v>381</v>
       </c>
       <c r="E78" s="2" t="s">
-        <v>485</v>
+        <v>63</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>171</v>
+        <v>486</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>486</v>
+        <v>383</v>
       </c>
       <c r="H78" s="1" t="s">
-        <v>447</v>
+        <v>39</v>
       </c>
       <c r="I78" s="1"/>
       <c r="J78" s="1"/>
       <c r="K78" s="1"/>
       <c r="L78" s="1" t="s">
-        <v>448</v>
+        <v>487</v>
       </c>
       <c r="M78" s="1" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="N78" s="1" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
     </row>
     <row r="79" spans="1:1024">
       <c r="A79" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>360</v>
+        <v>491</v>
       </c>
       <c r="E79" s="2" t="s">
-        <v>350</v>
+        <v>492</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>472</v>
+        <v>295</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>362</v>
+        <v>493</v>
       </c>
       <c r="H79" s="1" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="I79" s="1"/>
       <c r="J79" s="1"/>
       <c r="K79" s="1"/>
       <c r="L79" s="1" t="s">
-        <v>490</v>
+        <v>494</v>
       </c>
       <c r="M79" s="1" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="N79" s="1" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
     </row>
     <row r="80" spans="1:1024">
       <c r="A80" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>493</v>
+        <v>497</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>494</v>
+        <v>498</v>
       </c>
       <c r="E80" s="2" t="s">
-        <v>495</v>
+        <v>499</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>96</v>
+        <v>30</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>496</v>
+        <v>500</v>
       </c>
       <c r="H80" s="1" t="s">
-        <v>447</v>
+        <v>461</v>
       </c>
       <c r="I80" s="1"/>
       <c r="J80" s="1"/>
       <c r="K80" s="1"/>
       <c r="L80" s="1" t="s">
-        <v>497</v>
+        <v>462</v>
       </c>
       <c r="M80" s="1" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="N80" s="1" t="s">
-        <v>499</v>
+        <v>502</v>
       </c>
     </row>
     <row r="81" spans="1:1024">
       <c r="A81" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>501</v>
+        <v>381</v>
       </c>
       <c r="E81" s="2" t="s">
-        <v>502</v>
+        <v>63</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>459</v>
+        <v>486</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>503</v>
+        <v>383</v>
       </c>
       <c r="H81" s="1" t="s">
-        <v>504</v>
+        <v>39</v>
       </c>
       <c r="I81" s="1"/>
       <c r="J81" s="1"/>
       <c r="K81" s="1"/>
       <c r="L81" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="M81" s="1" t="s">
         <v>505</v>
       </c>
-      <c r="M81" s="1" t="s">
+      <c r="N81" s="1" t="s">
         <v>506</v>
-      </c>
-[...1 lines deleted...]
-        <v>507</v>
       </c>
     </row>
     <row r="82" spans="1:1024">
       <c r="A82" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B82" s="1" t="s">
+        <v>507</v>
+      </c>
+      <c r="C82" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="D82" s="1" t="s">
         <v>508</v>
       </c>
-      <c r="C82" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D82" s="1" t="s">
+      <c r="E82" s="2" t="s">
         <v>509</v>
       </c>
-      <c r="E82" s="2" t="s">
+      <c r="F82" s="2" t="s">
+        <v>140</v>
+      </c>
+      <c r="G82" s="1" t="s">
         <v>510</v>
       </c>
-      <c r="F82" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H82" s="1" t="s">
-        <v>447</v>
+        <v>461</v>
       </c>
       <c r="I82" s="1"/>
       <c r="J82" s="1"/>
       <c r="K82" s="1"/>
       <c r="L82" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="M82" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="N82" s="1" t="s">
         <v>513</v>
-      </c>
-[...4 lines deleted...]
-        <v>515</v>
       </c>
     </row>
     <row r="83" spans="1:1024">
       <c r="A83" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B83" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="C83" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="D83" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="E83" s="2" t="s">
         <v>516</v>
       </c>
-      <c r="C83" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D83" s="1" t="s">
+      <c r="F83" s="2" t="s">
+        <v>473</v>
+      </c>
+      <c r="G83" s="1" t="s">
         <v>517</v>
       </c>
-      <c r="E83" s="2" t="s">
+      <c r="H83" s="1" t="s">
         <v>518</v>
-      </c>
-[...7 lines deleted...]
-        <v>447</v>
       </c>
       <c r="I83" s="1"/>
       <c r="J83" s="1"/>
       <c r="K83" s="1"/>
       <c r="L83" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="M83" s="1" t="s">
+        <v>520</v>
+      </c>
+      <c r="N83" s="1" t="s">
         <v>521</v>
       </c>
-      <c r="M83" s="1"/>
-      <c r="N83" s="1" t="s">
+    </row>
+    <row r="84" spans="1:1024">
+      <c r="A84" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="B84" s="1" t="s">
         <v>522</v>
+      </c>
+      <c r="C84" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="D84" s="1" t="s">
+        <v>523</v>
+      </c>
+      <c r="E84" s="2" t="s">
+        <v>524</v>
+      </c>
+      <c r="F84" s="2" t="s">
+        <v>525</v>
+      </c>
+      <c r="G84" s="1" t="s">
+        <v>526</v>
+      </c>
+      <c r="H84" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="I84" s="1"/>
+      <c r="J84" s="1"/>
+      <c r="K84" s="1"/>
+      <c r="L84" s="1" t="s">
+        <v>527</v>
+      </c>
+      <c r="M84" s="1" t="s">
+        <v>528</v>
+      </c>
+      <c r="N84" s="1" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="85" spans="1:1024">
+      <c r="A85" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="B85" s="1" t="s">
+        <v>530</v>
+      </c>
+      <c r="C85" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="D85" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="E85" s="2" t="s">
+        <v>532</v>
+      </c>
+      <c r="F85" s="2" t="s">
+        <v>533</v>
+      </c>
+      <c r="G85" s="1" t="s">
+        <v>534</v>
+      </c>
+      <c r="H85" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="I85" s="1"/>
+      <c r="J85" s="1"/>
+      <c r="K85" s="1"/>
+      <c r="L85" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="M85" s="1"/>
+      <c r="N85" s="1" t="s">
+        <v>536</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A9:N9"/>
   <mergeCells>
     <mergeCell ref="D1:E1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7875" right="0.7875" top="1.0527777777778" bottom="1.0527777777778" header="0.7875" footer="0.7875"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" firstPageNumber="1" useFirstPageNumber="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">