--- v0 (2026-02-04)
+++ v1 (2026-02-28)
@@ -16,62 +16,62 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="500" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Medicine for use outside EU" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Medicine for use outside EU'!$A$9:$P$9</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="230">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="240">
   <si>
     <t>Content type:</t>
   </si>
   <si>
     <t>Opinion on medicines for use outside EU</t>
   </si>
   <si>
     <t>Output automatically generated from content on www.ema.europa.eu on:</t>
   </si>
   <si>
-    <t>04/02/2026 - 06:00</t>
+    <t>27/02/2026 - 18:00</t>
   </si>
   <si>
     <t>Name of medicine</t>
   </si>
   <si>
     <t>EMA opinion number</t>
   </si>
   <si>
     <t>EMA opinion status</t>
   </si>
   <si>
     <t>Active substance</t>
   </si>
   <si>
     <t>International non-proprietary name (INN) / common name</t>
   </si>
   <si>
     <t>Therapeutic area (MeSH)</t>
   </si>
   <si>
     <t>ATC code (human)</t>
   </si>
   <si>
     <t>Latest procedure affecting product information</t>
   </si>
@@ -79,77 +79,149 @@
     <t>Opinion holder</t>
   </si>
   <si>
     <t>Pharmacotherapeutic group
 (human)</t>
   </si>
   <si>
     <t>Therapeutic indication</t>
   </si>
   <si>
     <t>Date of opinion</t>
   </si>
   <si>
     <t>Date of outcome</t>
   </si>
   <si>
     <t>First published date</t>
   </si>
   <si>
     <t>Last updated date</t>
   </si>
   <si>
     <t>Opinion on medicines for use outside EU URL</t>
   </si>
   <si>
+    <t>Acoziborole Winthrop</t>
+  </si>
+  <si>
+    <t>EMEA/H/W/006686</t>
+  </si>
+  <si>
+    <t>Positive opinion</t>
+  </si>
+  <si>
+    <t>acoziborole</t>
+  </si>
+  <si>
+    <t>Trypanosomiasis, African</t>
+  </si>
+  <si>
+    <t>P01CX</t>
+  </si>
+  <si>
+    <t>Sanofi Winthrop Industrie</t>
+  </si>
+  <si>
+    <t>Antiprotozoals</t>
+  </si>
+  <si>
+    <t>Treatment of first and second-stage human African Trypanosomiases due to Trypanosoma brucei gambiense</t>
+  </si>
+  <si>
+    <t>26/02/2026</t>
+  </si>
+  <si>
+    <t>27/02/2026</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/opinion-medicine-use-outside-EU/human/acoziborole-winthrop</t>
+  </si>
+  <si>
+    <t>Lenacapavir Gilead</t>
+  </si>
+  <si>
+    <t>EMEA/H/W/006659</t>
+  </si>
+  <si>
+    <t>lenacapavir sodium</t>
+  </si>
+  <si>
+    <t>lenacapavir</t>
+  </si>
+  <si>
+    <t>HIV Infections;HIV-1</t>
+  </si>
+  <si>
+    <t>J05AX31</t>
+  </si>
+  <si>
+    <t>VR/0000323127</t>
+  </si>
+  <si>
+    <t>Gilead Sciences Ireland Unlimited Company</t>
+  </si>
+  <si>
+    <t>Antivirals for systemic use</t>
+  </si>
+  <si>
+    <t>Solution for injection: Lenacapavir Gilead injection is indicated in combination with safer sex practices for pre-exposure prophylaxis (PrEP)&amp;nbsp;to reduce the risk of sexually acquired HIV-1 infection in adults and adolescents with increased HIV‑1 acquisition risk, weighing at least 35&amp;nbsp;kg (see sections 4.2, 4.4 and 5.1). Film-coated tablets: Lenacapavir Gilead tablet is indicated in combination with safer sex practices for pre-exposure prophylaxis (PrEP)&amp;nbsp;to reduce the risk of sexually acquired HIV-1 infection in adults and adolescents with increased HIV‑1 acquisition risk, weighing at least 35 kg&amp;nbsp;for:  oral loading oral bridging  (see sections&amp;nbsp;4.2, 4.4 and&amp;nbsp;5.1).</t>
+  </si>
+  <si>
+    <t>24/07/2025</t>
+  </si>
+  <si>
+    <t>25/07/2025</t>
+  </si>
+  <si>
+    <t>20/02/2026</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/opinion-medicine-use-outside-EU/human/lenacapavir-gilead</t>
+  </si>
+  <si>
     <t>Aluvia</t>
   </si>
   <si>
     <t>H-W-764</t>
   </si>
   <si>
-    <t>Positive opinion</t>
-[...1 lines deleted...]
-  <si>
     <t>lopinavir;ritonavir</t>
   </si>
   <si>
     <t>HIV Infections</t>
   </si>
   <si>
     <t>J05AR10</t>
   </si>
   <si>
     <t>VR/0000256267</t>
   </si>
   <si>
     <t>AbbVie Deutschland GmbH &amp; Co. KG</t>
   </si>
   <si>
-    <t>Antivirals for systemic use</t>
-[...1 lines deleted...]
-  <si>
     <t>Aluvia is indicated in combination with other antiretroviral medicinal products for the treatment of human immunodeficiency virus (HIV-1) infected adults, adolescents and children above the age of 2 years. The choice of Aluvia to treat protease inhibitor experienced HIV-1 infected patients should be based on individual viral resistance testing and treatment history of patients.</t>
   </si>
   <si>
     <t>21/09/2006</t>
   </si>
   <si>
     <t>09/04/2025</t>
   </si>
   <si>
     <t>20/08/2020</t>
   </si>
   <si>
     <t>02/12/2025</t>
   </si>
   <si>
     <t>https://www.ema.europa.eu/en/opinion-medicine-use-outside-EU/human/aluvia</t>
   </si>
   <si>
     <t>Dengue Tetravalent Vaccine (Live, Attenuated) Takeda</t>
   </si>
   <si>
     <t>EMEA/H/W/005362</t>
   </si>
   <si>
     <t>Dengue virus, serotype 2, expressing Dengue virus, serotype 1, surface proteins, live, attenuated;Dengue virus, serotype 2, expressing Dengue virus, serotype 3, surface proteins, live, attenuated;Dengue virus, serotype 2, expressing Dengue virus, serotype 4, surface proteins, live, attenuated;Dengue virus, serotype 2, live, attenuated</t>
@@ -178,117 +250,75 @@
   <si>
     <t>13/10/2022</t>
   </si>
   <si>
     <t>28/11/2025</t>
   </si>
   <si>
     <t>14/10/2022</t>
   </si>
   <si>
     <t>01/12/2025</t>
   </si>
   <si>
     <t>https://www.ema.europa.eu/en/opinion-medicine-use-outside-EU/human/dengue-tetravalent-vaccine-live-attenuated-takeda</t>
   </si>
   <si>
     <t>Fexinidazole Winthrop</t>
   </si>
   <si>
     <t>H-W-2320</t>
   </si>
   <si>
     <t>fexinidazole</t>
   </si>
   <si>
-    <t>Trypanosomiasis, African</t>
-[...1 lines deleted...]
-  <si>
     <t>P01CA03</t>
   </si>
   <si>
     <t>VR/0000287639</t>
   </si>
   <si>
-    <t>Sanofi Winthrop Industrie</t>
-[...1 lines deleted...]
-  <si>
     <t>Antiparasitic products, insecticides and repellents;Antiprotozoals;Agents against leishmaniasis and trypanosomiasis;Nitroimidazole derivatives</t>
   </si>
   <si>
     <t>Fexinidazole Winthrop is indicated for the treatment of both first-stage (haemo-lymphatic) and second-stage (meningo-encephalitic) of human African trypanosomiasis (HAT) due to Trypanosoma brucei gambiense (g‑HAT) and Trypanosoma brucei rhodesiense (r-HAT) in adults and children ≥ 6 years old and weighing ≥ 20 kg. Fexinidazole should be used in line with official recommendations (see section 4.4).</t>
   </si>
   <si>
     <t>15/11/2018</t>
   </si>
   <si>
     <t>09/10/2025</t>
   </si>
   <si>
     <t>02/07/2018</t>
   </si>
   <si>
     <t>17/10/2025</t>
   </si>
   <si>
     <t>https://www.ema.europa.eu/en/opinion-medicine-use-outside-EU/human/fexinidazole-winthrop</t>
-  </si>
-[...34 lines deleted...]
-    <t>https://www.ema.europa.eu/en/opinion-medicine-use-outside-EU/human/lenacapavir-gilead</t>
   </si>
   <si>
     <t>Dapivirine Vaginal Ring 25 mg</t>
   </si>
   <si>
     <t>H-W-2168</t>
   </si>
   <si>
     <t>dapivirine</t>
   </si>
   <si>
     <t>Anti-HIV Agents</t>
   </si>
   <si>
     <t>G01AX17</t>
   </si>
   <si>
     <t>II/0025/G</t>
   </si>
   <si>
     <t>Other antiinfectives and antiseptics</t>
   </si>
   <si>
     <t>Reducing the risk of HIV-1 infection via vaginal intercourse in HIV-uninfected women 16 years and older in combination with safter sex practices when oral PrEP is not/cannot be used or is not available.</t>
   </si>
@@ -1190,51 +1220,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AMJ27"/>
+  <dimension ref="A1:AMJ28"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1" topLeftCell="A1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="11.43359375" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="1"/>
     <col min="2" max="2" width="16" customWidth="true" style="1"/>
     <col min="3" max="3" width="33.41" customWidth="true" style="1"/>
     <col min="4" max="4" width="16" customWidth="true" style="1"/>
     <col min="5" max="5" width="16" customWidth="true" style="1"/>
     <col min="6" max="6" width="16" customWidth="true" style="1"/>
     <col min="7" max="7" width="16" customWidth="true" style="1"/>
     <col min="8" max="8" width="16" customWidth="true" style="1"/>
     <col min="9" max="9" width="16" customWidth="true" style="1"/>
     <col min="10" max="10" width="28.71" customWidth="true" style="1"/>
     <col min="11" max="11" width="27.85" customWidth="true" style="2"/>
     <col min="12" max="12" width="16" customWidth="true" style="2"/>
     <col min="13" max="13" width="23.15" customWidth="true" style="2"/>
     <col min="14" max="14" width="19" customWidth="true" style="2"/>
     <col min="15" max="15" width="16" customWidth="true" style="1"/>
     <col min="16" max="16" width="78.71" customWidth="true" style="1"/>
     <col min="17" max="17" width="11.42" customWidth="true" style="1"/>
     <col min="18" max="18" width="11.42" customWidth="true" style="1"/>
@@ -2377,874 +2407,918 @@
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:1024">
       <c r="A10" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E10" s="1" t="s">
         <v>23</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>24</v>
       </c>
       <c r="G10" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="H10" s="1" t="s">
+      <c r="H10" s="1"/>
+      <c r="I10" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="I10" s="1" t="s">
+      <c r="J10" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="J10" s="1" t="s">
+      <c r="K10" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="K10" s="2" t="s">
+      <c r="L10" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="L10" s="2" t="s">
+      <c r="M10" s="2"/>
+      <c r="N10" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="M10" s="2" t="s">
+      <c r="O10" s="1"/>
+      <c r="P10" s="1" t="s">
         <v>31</v>
-      </c>
-[...7 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="11" spans="1:1024">
       <c r="A11" s="1" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D11" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="E11" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="F11" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="G11" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="E11" s="1" t="s">
+      <c r="H11" s="1" t="s">
         <v>38</v>
       </c>
-      <c r="F11" s="1" t="s">
+      <c r="I11" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="G11" s="1" t="s">
+      <c r="J11" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="H11" s="1" t="s">
+      <c r="K11" s="2" t="s">
         <v>41</v>
       </c>
-      <c r="I11" s="1" t="s">
+      <c r="L11" s="2" t="s">
         <v>42</v>
       </c>
-      <c r="J11" s="1" t="s">
+      <c r="M11" s="2"/>
+      <c r="N11" s="2" t="s">
         <v>43</v>
       </c>
-      <c r="K11" s="2" t="s">
+      <c r="O11" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="L11" s="2" t="s">
+      <c r="P11" s="1" t="s">
         <v>45</v>
-      </c>
-[...10 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="12" spans="1:1024">
       <c r="A12" s="1" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D12" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E12" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="F12" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="H12" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="I12" s="1" t="s">
         <v>52</v>
       </c>
-      <c r="E12" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F12" s="1" t="s">
+      <c r="J12" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="K12" s="2" t="s">
         <v>53</v>
       </c>
-      <c r="G12" s="1" t="s">
+      <c r="L12" s="2" t="s">
         <v>54</v>
       </c>
-      <c r="H12" s="1" t="s">
+      <c r="M12" s="2" t="s">
         <v>55</v>
       </c>
-      <c r="I12" s="1" t="s">
+      <c r="N12" s="2" t="s">
         <v>56</v>
       </c>
-      <c r="J12" s="1" t="s">
+      <c r="O12" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="K12" s="2" t="s">
+      <c r="P12" s="1" t="s">
         <v>58</v>
-      </c>
-[...13 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="13" spans="1:1024">
       <c r="A13" s="1" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D13" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="E13" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="F13" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="H13" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="I13" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="E13" s="1" t="s">
+      <c r="J13" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="F13" s="1" t="s">
+      <c r="K13" s="2" t="s">
         <v>68</v>
       </c>
-      <c r="G13" s="1" t="s">
+      <c r="L13" s="2" t="s">
         <v>69</v>
       </c>
-      <c r="H13" s="1"/>
-      <c r="I13" s="1" t="s">
+      <c r="M13" s="2" t="s">
         <v>70</v>
       </c>
-      <c r="J13" s="1" t="s">
-[...2 lines deleted...]
-      <c r="K13" s="2" t="s">
+      <c r="N13" s="2" t="s">
         <v>71</v>
       </c>
-      <c r="L13" s="2" t="s">
+      <c r="O13" s="1" t="s">
         <v>72</v>
       </c>
-      <c r="M13" s="2"/>
-      <c r="N13" s="2" t="s">
+      <c r="P13" s="1" t="s">
         <v>73</v>
-      </c>
-[...4 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="14" spans="1:1024">
       <c r="A14" s="1" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D14" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="E14" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="F14" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="H14" s="1" t="s">
         <v>78</v>
-      </c>
-[...10 lines deleted...]
-        <v>81</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="K14" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="L14" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="M14" s="2" t="s">
         <v>82</v>
       </c>
-      <c r="K14" s="2" t="s">
+      <c r="N14" s="2" t="s">
         <v>83</v>
       </c>
-      <c r="L14" s="2" t="s">
+      <c r="O14" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="M14" s="2" t="s">
+      <c r="P14" s="1" t="s">
         <v>85</v>
-      </c>
-[...7 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="15" spans="1:1024">
       <c r="A15" s="1" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D15" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="E15" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="F15" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="H15" s="1" t="s">
         <v>91</v>
-      </c>
-[...10 lines deleted...]
-        <v>94</v>
       </c>
       <c r="I15" s="1"/>
       <c r="J15" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="K15" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="L15" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="M15" s="2" t="s">
         <v>95</v>
       </c>
-      <c r="K15" s="2" t="s">
+      <c r="N15" s="2" t="s">
         <v>96</v>
       </c>
-      <c r="L15" s="2" t="s">
+      <c r="O15" s="1" t="s">
         <v>97</v>
       </c>
-      <c r="M15" s="2" t="s">
+      <c r="P15" s="1" t="s">
         <v>98</v>
-      </c>
-[...7 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="16" spans="1:1024">
       <c r="A16" s="1" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D16" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="E16" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="F16" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="G16" s="1" t="s">
         <v>103</v>
       </c>
-      <c r="E16" s="1" t="s">
+      <c r="H16" s="1" t="s">
         <v>104</v>
-      </c>
-[...7 lines deleted...]
-        <v>106</v>
       </c>
       <c r="I16" s="1"/>
       <c r="J16" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="K16" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="L16" s="2" t="s">
         <v>107</v>
       </c>
-      <c r="K16" s="2" t="s">
+      <c r="M16" s="2" t="s">
         <v>108</v>
       </c>
-      <c r="L16" s="2" t="s">
+      <c r="N16" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="O16" s="1" t="s">
         <v>109</v>
       </c>
-      <c r="M16" s="2" t="s">
+      <c r="P16" s="1" t="s">
         <v>110</v>
-      </c>
-[...7 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="17" spans="1:1024">
       <c r="A17" s="1" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D17" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="E17" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="F17" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="H17" s="1" t="s">
         <v>116</v>
       </c>
-      <c r="E17" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F17" s="1" t="s">
+      <c r="I17" s="1"/>
+      <c r="J17" s="1" t="s">
         <v>117</v>
       </c>
-      <c r="G17" s="1" t="s">
+      <c r="K17" s="2" t="s">
         <v>118</v>
       </c>
-      <c r="H17" s="1"/>
-      <c r="I17" s="1" t="s">
+      <c r="L17" s="2" t="s">
         <v>119</v>
       </c>
-      <c r="J17" s="1" t="s">
+      <c r="M17" s="2" t="s">
         <v>120</v>
       </c>
-      <c r="K17" s="2" t="s">
+      <c r="N17" s="2" t="s">
         <v>121</v>
       </c>
-      <c r="L17" s="2" t="s">
+      <c r="O17" s="1" t="s">
         <v>122</v>
       </c>
-      <c r="M17" s="2"/>
-      <c r="N17" s="2" t="s">
+      <c r="P17" s="1" t="s">
         <v>123</v>
-      </c>
-[...4 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="18" spans="1:1024">
       <c r="A18" s="1" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D18" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="E18" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="F18" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="G18" s="1" t="s">
         <v>128</v>
-      </c>
-[...5 lines deleted...]
-        <v>129</v>
       </c>
       <c r="H18" s="1"/>
       <c r="I18" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="J18" s="1" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>131</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>132</v>
       </c>
       <c r="M18" s="2"/>
       <c r="N18" s="2" t="s">
         <v>133</v>
       </c>
       <c r="O18" s="1" t="s">
         <v>134</v>
       </c>
       <c r="P18" s="1" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="19" spans="1:1024">
       <c r="A19" s="1" t="s">
         <v>136</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>137</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>138</v>
       </c>
       <c r="E19" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="F19" s="1"/>
+      <c r="G19" s="1" t="s">
         <v>139</v>
-      </c>
-[...4 lines deleted...]
-        <v>141</v>
       </c>
       <c r="H19" s="1"/>
       <c r="I19" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="J19" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="K19" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="L19" s="2" t="s">
         <v>142</v>
-      </c>
-[...7 lines deleted...]
-        <v>145</v>
       </c>
       <c r="M19" s="2"/>
       <c r="N19" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="O19" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="P19" s="1" t="s">
         <v>145</v>
-      </c>
-[...4 lines deleted...]
-        <v>147</v>
       </c>
     </row>
     <row r="20" spans="1:1024">
       <c r="A20" s="1" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D20" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="E20" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="F20" s="1" t="s">
         <v>150</v>
       </c>
-      <c r="E20" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G20" s="1" t="s">
-        <v>141</v>
-[...3 lines deleted...]
-      </c>
+        <v>151</v>
+      </c>
+      <c r="H20" s="1"/>
       <c r="I20" s="1" t="s">
-        <v>142</v>
+        <v>152</v>
       </c>
       <c r="J20" s="1" t="s">
-        <v>143</v>
+        <v>153</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>145</v>
-[...3 lines deleted...]
-      </c>
+        <v>155</v>
+      </c>
+      <c r="M20" s="2"/>
       <c r="N20" s="2" t="s">
-        <v>145</v>
+        <v>155</v>
       </c>
       <c r="O20" s="1" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="P20" s="1" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
     </row>
     <row r="21" spans="1:1024">
       <c r="A21" s="1" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="B21" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="E21" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="F21" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="H21" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="I21" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="J21" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="K21" s="2" t="s">
+        <v>161</v>
+      </c>
+      <c r="L21" s="2" t="s">
         <v>155</v>
       </c>
-      <c r="C21" s="1" t="s">
-[...18 lines deleted...]
-      <c r="J21" s="1" t="s">
+      <c r="M21" s="2" t="s">
+        <v>155</v>
+      </c>
+      <c r="N21" s="2" t="s">
+        <v>155</v>
+      </c>
+      <c r="O21" s="1" t="s">
         <v>162</v>
       </c>
-      <c r="K21" s="2" t="s">
+      <c r="P21" s="1" t="s">
         <v>163</v>
-      </c>
-[...13 lines deleted...]
-        <v>168</v>
       </c>
     </row>
     <row r="22" spans="1:1024">
       <c r="A22" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="E22" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="F22" s="1" t="s">
         <v>169</v>
       </c>
-      <c r="B22" s="1" t="s">
+      <c r="G22" s="1" t="s">
         <v>170</v>
       </c>
-      <c r="C22" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D22" s="1" t="s">
+      <c r="H22" s="1" t="s">
         <v>171</v>
       </c>
-      <c r="E22" s="1" t="s">
+      <c r="I22" s="1"/>
+      <c r="J22" s="1" t="s">
         <v>172</v>
       </c>
-      <c r="F22" s="1" t="s">
+      <c r="K22" s="2" t="s">
         <v>173</v>
       </c>
-      <c r="G22" s="1" t="s">
+      <c r="L22" s="2" t="s">
         <v>174</v>
       </c>
-      <c r="H22" s="1" t="s">
+      <c r="M22" s="2" t="s">
         <v>175</v>
       </c>
-      <c r="I22" s="1" t="s">
+      <c r="N22" s="2" t="s">
         <v>176</v>
       </c>
-      <c r="J22" s="1" t="s">
+      <c r="O22" s="1" t="s">
         <v>177</v>
       </c>
-      <c r="K22" s="2" t="s">
+      <c r="P22" s="1" t="s">
         <v>178</v>
-      </c>
-[...11 lines deleted...]
-        <v>182</v>
       </c>
     </row>
     <row r="23" spans="1:1024">
       <c r="A23" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="E23" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="F23" s="1" t="s">
         <v>183</v>
       </c>
-      <c r="B23" s="1" t="s">
+      <c r="G23" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="C23" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D23" s="1" t="s">
+      <c r="H23" s="1" t="s">
         <v>185</v>
       </c>
-      <c r="E23" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F23" s="1" t="s">
+      <c r="I23" s="1" t="s">
         <v>186</v>
       </c>
-      <c r="G23" s="1" t="s">
+      <c r="J23" s="1" t="s">
         <v>187</v>
       </c>
-      <c r="H23" s="1" t="s">
+      <c r="K23" s="2" t="s">
         <v>188</v>
       </c>
-      <c r="I23" s="1" t="s">
+      <c r="L23" s="2" t="s">
         <v>189</v>
       </c>
-      <c r="J23" s="1" t="s">
+      <c r="M23" s="2" t="s">
         <v>190</v>
       </c>
-      <c r="K23" s="2" t="s">
+      <c r="N23" s="2" t="s">
         <v>191</v>
-      </c>
-[...7 lines deleted...]
-        <v>194</v>
       </c>
       <c r="O23" s="1"/>
       <c r="P23" s="1" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
     </row>
     <row r="24" spans="1:1024">
       <c r="A24" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="E24" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="F24" s="1" t="s">
         <v>196</v>
       </c>
-      <c r="B24" s="1" t="s">
+      <c r="G24" s="1" t="s">
         <v>197</v>
       </c>
-      <c r="C24" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D24" s="1" t="s">
+      <c r="H24" s="1" t="s">
         <v>198</v>
       </c>
-      <c r="E24" s="1" t="s">
+      <c r="I24" s="1" t="s">
         <v>199</v>
       </c>
-      <c r="F24" s="1" t="s">
+      <c r="J24" s="1" t="s">
         <v>200</v>
       </c>
-      <c r="G24" s="1" t="s">
+      <c r="K24" s="2" t="s">
         <v>201</v>
       </c>
-      <c r="H24" s="1" t="s">
+      <c r="L24" s="2" t="s">
         <v>202</v>
       </c>
-      <c r="I24" s="1"/>
-[...3 lines deleted...]
-      <c r="K24" s="2" t="s">
+      <c r="M24" s="2" t="s">
         <v>203</v>
       </c>
-      <c r="L24" s="2" t="s">
+      <c r="N24" s="2" t="s">
         <v>204</v>
-      </c>
-[...4 lines deleted...]
-        <v>194</v>
       </c>
       <c r="O24" s="1"/>
       <c r="P24" s="1" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="25" spans="1:1024">
       <c r="A25" s="1" t="s">
         <v>206</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>207</v>
       </c>
       <c r="C25" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="D25" s="1" t="s">
         <v>208</v>
       </c>
-      <c r="D25" s="1" t="s">
+      <c r="E25" s="1" t="s">
         <v>209</v>
       </c>
-      <c r="E25" s="1" t="s">
+      <c r="F25" s="1" t="s">
         <v>210</v>
       </c>
-      <c r="F25" s="1" t="s">
+      <c r="G25" s="1" t="s">
         <v>211</v>
       </c>
-      <c r="G25" s="1" t="s">
-[...2 lines deleted...]
-      <c r="H25" s="1"/>
+      <c r="H25" s="1" t="s">
+        <v>212</v>
+      </c>
       <c r="I25" s="1"/>
       <c r="J25" s="1" t="s">
-        <v>177</v>
+        <v>67</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>212</v>
-[...2 lines deleted...]
-      <c r="M25" s="2"/>
+        <v>213</v>
+      </c>
+      <c r="L25" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="M25" s="2" t="s">
+        <v>214</v>
+      </c>
       <c r="N25" s="2" t="s">
-        <v>194</v>
+        <v>204</v>
       </c>
       <c r="O25" s="1"/>
       <c r="P25" s="1" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
     </row>
     <row r="26" spans="1:1024">
       <c r="A26" s="1" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>156</v>
+        <v>218</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>24</v>
+        <v>221</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>217</v>
-[...3 lines deleted...]
-      </c>
+        <v>184</v>
+      </c>
+      <c r="H26" s="1"/>
       <c r="I26" s="1"/>
       <c r="J26" s="1" t="s">
-        <v>28</v>
+        <v>187</v>
       </c>
       <c r="K26" s="2" t="s">
-        <v>219</v>
-[...6 lines deleted...]
-      </c>
+        <v>222</v>
+      </c>
+      <c r="L26" s="2"/>
+      <c r="M26" s="2"/>
       <c r="N26" s="2" t="s">
-        <v>194</v>
+        <v>204</v>
       </c>
       <c r="O26" s="1"/>
       <c r="P26" s="1" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="27" spans="1:1024">
       <c r="A27" s="1" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>156</v>
+        <v>166</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>24</v>
+        <v>49</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="H27" s="1" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="I27" s="1"/>
       <c r="J27" s="1" t="s">
-        <v>28</v>
+        <v>40</v>
       </c>
       <c r="K27" s="2" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="L27" s="2" t="s">
-        <v>220</v>
+        <v>230</v>
       </c>
       <c r="M27" s="2" t="s">
-        <v>221</v>
+        <v>231</v>
       </c>
       <c r="N27" s="2" t="s">
-        <v>194</v>
+        <v>204</v>
       </c>
       <c r="O27" s="1"/>
       <c r="P27" s="1" t="s">
-        <v>229</v>
+        <v>232</v>
+      </c>
+    </row>
+    <row r="28" spans="1:1024">
+      <c r="A28" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="E28" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="F28" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="H28" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="I28" s="1"/>
+      <c r="J28" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="K28" s="2" t="s">
+        <v>238</v>
+      </c>
+      <c r="L28" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="M28" s="2" t="s">
+        <v>231</v>
+      </c>
+      <c r="N28" s="2" t="s">
+        <v>204</v>
+      </c>
+      <c r="O28" s="1"/>
+      <c r="P28" s="1" t="s">
+        <v>239</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A9:P9"/>
   <mergeCells>
     <mergeCell ref="D1:E1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7875" right="0.7875" top="1.0527777777778" bottom="1.0527777777778" header="0.7875" footer="0.7875"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" firstPageNumber="1" useFirstPageNumber="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">