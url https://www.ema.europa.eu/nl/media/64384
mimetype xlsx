--- v0 (2025-10-11)
+++ v1 (2025-11-04)
@@ -27,51 +27,51 @@
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="500" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Medicine for use outside EU" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Medicine for use outside EU'!$A$9:$P$9</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="233">
   <si>
     <t>Content type:</t>
   </si>
   <si>
     <t>Opinion on medicines for use outside EU</t>
   </si>
   <si>
     <t>Output automatically generated from content on www.ema.europa.eu on:</t>
   </si>
   <si>
-    <t>11/10/2025 - 18:02</t>
+    <t>04/11/2025 - 07:00</t>
   </si>
   <si>
     <t>Name of medicine</t>
   </si>
   <si>
     <t>EMA opinion number</t>
   </si>
   <si>
     <t>EMA opinion status</t>
   </si>
   <si>
     <t>Active substance</t>
   </si>
   <si>
     <t>International non-proprietary name (INN) / common name</t>
   </si>
   <si>
     <t>Therapeutic area (MeSH)</t>
   </si>
   <si>
     <t>ATC code (human)</t>
   </si>
   <si>
     <t>Latest procedure affecting product information</t>
   </si>
@@ -79,59 +79,101 @@
     <t>Opinion holder</t>
   </si>
   <si>
     <t>Pharmacotherapeutic group
 (human)</t>
   </si>
   <si>
     <t>Therapeutic indication</t>
   </si>
   <si>
     <t>Date of opinion</t>
   </si>
   <si>
     <t>Date of outcome</t>
   </si>
   <si>
     <t>First published date</t>
   </si>
   <si>
     <t>Last updated date</t>
   </si>
   <si>
     <t>Opinion on medicines for use outside EU URL</t>
   </si>
   <si>
+    <t>Fexinidazole Winthrop</t>
+  </si>
+  <si>
+    <t>H-W-2320</t>
+  </si>
+  <si>
+    <t>Positive opinion</t>
+  </si>
+  <si>
+    <t>fexinidazole</t>
+  </si>
+  <si>
+    <t>Trypanosomiasis, African</t>
+  </si>
+  <si>
+    <t>P01CA03</t>
+  </si>
+  <si>
+    <t>VR/0000287639</t>
+  </si>
+  <si>
+    <t>Sanofi Winthrop Industrie</t>
+  </si>
+  <si>
+    <t>Antiparasitic products, insecticides and repellents;Antiprotozoals;Agents against leishmaniasis and trypanosomiasis;Nitroimidazole derivatives</t>
+  </si>
+  <si>
+    <t>Fexinidazole Winthrop is indicated for the treatment of both first-stage (haemo-lymphatic) and second-stage (meningo-encephalitic) of human African trypanosomiasis (HAT) due to Trypanosoma brucei gambiense (g‑HAT) and Trypanosoma brucei rhodesiense (r-HAT) in adults and children ≥ 6 years old and weighing ≥ 20 kg. Fexinidazole should be used in line with official recommendations (see section 4.4).</t>
+  </si>
+  <si>
+    <t>15/11/2018</t>
+  </si>
+  <si>
+    <t>09/10/2025</t>
+  </si>
+  <si>
+    <t>02/07/2018</t>
+  </si>
+  <si>
+    <t>17/10/2025</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/opinion-medicine-use-outside-EU/human/fexinidazole-winthrop</t>
+  </si>
+  <si>
     <t>Dengue Tetravalent Vaccine (Live, Attenuated) Takeda</t>
   </si>
   <si>
     <t>EMEA/H/W/005362</t>
   </si>
   <si>
-    <t>Positive opinion</t>
-[...1 lines deleted...]
-  <si>
     <t>Dengue virus, serotype 2, expressing Dengue virus, serotype 1, surface proteins, live, attenuated;Dengue virus, serotype 2, expressing Dengue virus, serotype 3, surface proteins, live, attenuated;Dengue virus, serotype 2, expressing Dengue virus, serotype 4, surface proteins, live, attenuated;Dengue virus, serotype 2, live, attenuated</t>
   </si>
   <si>
     <t>dengue tetravalent vaccine (live, attenuated)</t>
   </si>
   <si>
     <t>Dengue</t>
   </si>
   <si>
     <t>J07BX04</t>
   </si>
   <si>
     <t>W/WS2809</t>
   </si>
   <si>
     <t>Takeda GmbH</t>
   </si>
   <si>
     <t>Vaccines</t>
   </si>
   <si>
     <t>Dengue Tetravalent Vaccine (Live, Attenuated) Takeda is indicated for the prevention of dengue disease in individuals from 4 years of age. The use of Dengue Tetravalent Vaccine (Live, Attenuated) Takeda should be in accordance with official recommendations.</t>
   </si>
   <si>
     <t>13/10/2022</t>
@@ -241,96 +283,54 @@
   <si>
     <t>Malaria</t>
   </si>
   <si>
     <t>P01BF06</t>
   </si>
   <si>
     <t>II/0036</t>
   </si>
   <si>
     <t>Shin Poong Pharmaceutical Co., Ltd.</t>
   </si>
   <si>
     <t>Antimalarials</t>
   </si>
   <si>
     <t>For tablets and granules combined: Pyramax tablets are indicated in the treatment of acute, uncomplicated malaria infection caused by Plasmodium falciparum or by Plasmodium vivax in adults and children weighing 20 kg or more. Pyramax Granules for oral suspension are indicated in the treatment of acute, uncomplicated malaria infection caused by Plasmodium falciparum or by Plasmodium vivax in children and infants weighing 5 kg to under 20 kg. Consideration should be given to official guidance on the appropriate use of antimalarial agents.</t>
   </si>
   <si>
     <t>16/02/2012</t>
   </si>
   <si>
     <t>05/06/2025</t>
   </si>
   <si>
-    <t>02/07/2018</t>
-[...1 lines deleted...]
-  <si>
     <t>06/08/2025</t>
   </si>
   <si>
     <t>https://www.ema.europa.eu/en/opinion-medicine-use-outside-EU/human/pyramax</t>
-  </si>
-[...37 lines deleted...]
-    <t>https://www.ema.europa.eu/en/opinion-medicine-use-outside-EU/human/fexinidazole-winthrop</t>
   </si>
   <si>
     <t>Mosquirix</t>
   </si>
   <si>
     <t>H-W-2300</t>
   </si>
   <si>
     <t>RTS,S [Portion of P. falciparum circumsporozoite protein fused with hepatitis B surface antigen (RTS), and combined with hepatitis B surface antigen (S)]</t>
   </si>
   <si>
     <t>Plasmodium falciparum and hepatitis B vaccine (recombinant, adjuvanted)</t>
   </si>
   <si>
     <t>J07XA01</t>
   </si>
   <si>
     <t>II/0086</t>
   </si>
   <si>
     <t>Malaria vaccines</t>
   </si>
   <si>
     <t>Active immunisation of children aged 6 weeks up to 17 months against malaria caused by Plasmodium falciparum and against hepatitis B. The use of Mosquirix should be based on official recommendations considering Plasmodium falciparum malaria epidemiology in different geographical areas.</t>
   </si>
@@ -2378,172 +2378,172 @@
       </c>
       <c r="N9" s="15" t="s">
         <v>17</v>
       </c>
       <c r="O9" s="15" t="s">
         <v>18</v>
       </c>
       <c r="P9" s="16" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:1024">
       <c r="A10" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E10" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="F10" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="F10" s="1" t="s">
+      <c r="G10" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="G10" s="1" t="s">
+      <c r="H10" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="H10" s="1" t="s">
+      <c r="I10" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="I10" s="1" t="s">
+      <c r="J10" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="J10" s="1" t="s">
+      <c r="K10" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="K10" s="2" t="s">
+      <c r="L10" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="L10" s="2" t="s">
+      <c r="M10" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="M10" s="2" t="s">
+      <c r="N10" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="N10" s="2" t="s">
+      <c r="O10" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="O10" s="1" t="s">
+      <c r="P10" s="1" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="11" spans="1:1024">
       <c r="A11" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="B11" s="1" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D11" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="E11" s="1" t="s">
         <v>38</v>
       </c>
-      <c r="E11" s="1" t="s">
+      <c r="F11" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="F11" s="1" t="s">
+      <c r="G11" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="G11" s="1" t="s">
+      <c r="H11" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="H11" s="1"/>
       <c r="I11" s="1" t="s">
         <v>42</v>
       </c>
       <c r="J11" s="1" t="s">
         <v>43</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>44</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="M11" s="2"/>
+      <c r="M11" s="2" t="s">
+        <v>46</v>
+      </c>
       <c r="N11" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="O11" s="1" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="P11" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="12" spans="1:1024">
       <c r="A12" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>53</v>
-[...3 lines deleted...]
-      </c>
+        <v>55</v>
+      </c>
+      <c r="H12" s="1"/>
       <c r="I12" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="J12" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="M12" s="2" t="s">
         <v>59</v>
       </c>
+      <c r="M12" s="2"/>
       <c r="N12" s="2" t="s">
         <v>60</v>
       </c>
       <c r="O12" s="1" t="s">
         <v>61</v>
       </c>
       <c r="P12" s="1" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="13" spans="1:1024">
       <c r="A13" s="1" t="s">
         <v>63</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>64</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>65</v>
       </c>
       <c r="E13" s="1" t="s">
         <v>65</v>
@@ -2601,77 +2601,77 @@
       <c r="F14" s="1" t="s">
         <v>80</v>
       </c>
       <c r="G14" s="1" t="s">
         <v>81</v>
       </c>
       <c r="H14" s="1" t="s">
         <v>82</v>
       </c>
       <c r="I14" s="1" t="s">
         <v>83</v>
       </c>
       <c r="J14" s="1" t="s">
         <v>84</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>85</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>86</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>87</v>
       </c>
       <c r="N14" s="2" t="s">
-        <v>74</v>
+        <v>32</v>
       </c>
       <c r="O14" s="1" t="s">
         <v>88</v>
       </c>
       <c r="P14" s="1" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="15" spans="1:1024">
       <c r="A15" s="1" t="s">
         <v>90</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>91</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>92</v>
       </c>
       <c r="E15" s="1" t="s">
         <v>93</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>66</v>
+        <v>80</v>
       </c>
       <c r="G15" s="1" t="s">
         <v>94</v>
       </c>
       <c r="H15" s="1" t="s">
         <v>95</v>
       </c>
       <c r="I15" s="1"/>
       <c r="J15" s="1" t="s">
         <v>96</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>97</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>98</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>99</v>
       </c>
       <c r="N15" s="2" t="s">
         <v>100</v>
       </c>
       <c r="O15" s="1" t="s">
         <v>101</v>
@@ -2687,51 +2687,51 @@
       <c r="B16" s="1" t="s">
         <v>104</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>105</v>
       </c>
       <c r="E16" s="1" t="s">
         <v>105</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>106</v>
       </c>
       <c r="G16" s="1" t="s">
         <v>107</v>
       </c>
       <c r="H16" s="1" t="s">
         <v>108</v>
       </c>
       <c r="I16" s="1" t="s">
         <v>109</v>
       </c>
       <c r="J16" s="1" t="s">
-        <v>43</v>
+        <v>57</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>110</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>111</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>112</v>
       </c>
       <c r="N16" s="2" t="s">
         <v>113</v>
       </c>
       <c r="O16" s="1" t="s">
         <v>114</v>
       </c>
       <c r="P16" s="1" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="17" spans="1:1024">
       <c r="A17" s="1" t="s">
         <v>116</v>
       </c>
       <c r="B17" s="1" t="s">
@@ -3065,147 +3065,147 @@
         <v>198</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>199</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>158</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>200</v>
       </c>
       <c r="E24" s="1" t="s">
         <v>201</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>202</v>
       </c>
       <c r="G24" s="1" t="s">
         <v>203</v>
       </c>
       <c r="H24" s="1" t="s">
         <v>204</v>
       </c>
       <c r="I24" s="1"/>
       <c r="J24" s="1" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>205</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>206</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>206</v>
       </c>
       <c r="N24" s="2" t="s">
         <v>196</v>
       </c>
       <c r="O24" s="1"/>
       <c r="P24" s="1" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="25" spans="1:1024">
       <c r="A25" s="1" t="s">
         <v>208</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>209</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>158</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>210</v>
       </c>
       <c r="E25" s="1" t="s">
         <v>210</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>106</v>
       </c>
       <c r="G25" s="1" t="s">
         <v>211</v>
       </c>
       <c r="H25" s="1" t="s">
         <v>212</v>
       </c>
       <c r="I25" s="1" t="s">
         <v>213</v>
       </c>
       <c r="J25" s="1" t="s">
-        <v>43</v>
+        <v>57</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>214</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>215</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>216</v>
       </c>
       <c r="N25" s="2" t="s">
         <v>196</v>
       </c>
       <c r="O25" s="1"/>
       <c r="P25" s="1" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="26" spans="1:1024">
       <c r="A26" s="1" t="s">
         <v>218</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>219</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>158</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>220</v>
       </c>
       <c r="E26" s="1" t="s">
         <v>220</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>106</v>
       </c>
       <c r="G26" s="1" t="s">
         <v>221</v>
       </c>
       <c r="H26" s="1" t="s">
         <v>222</v>
       </c>
       <c r="I26" s="1" t="s">
         <v>213</v>
       </c>
       <c r="J26" s="1" t="s">
-        <v>43</v>
+        <v>57</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>223</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>215</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>216</v>
       </c>
       <c r="N26" s="2" t="s">
         <v>196</v>
       </c>
       <c r="O26" s="1"/>
       <c r="P26" s="1" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="27" spans="1:1024">
       <c r="A27" s="1" t="s">
         <v>225</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>226</v>
       </c>