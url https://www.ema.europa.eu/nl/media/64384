--- v1 (2025-11-04)
+++ v2 (2026-02-01)
@@ -16,62 +16,62 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="500" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Medicine for use outside EU" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Medicine for use outside EU'!$A$9:$P$9</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="233">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="230">
   <si>
     <t>Content type:</t>
   </si>
   <si>
     <t>Opinion on medicines for use outside EU</t>
   </si>
   <si>
     <t>Output automatically generated from content on www.ema.europa.eu on:</t>
   </si>
   <si>
-    <t>04/11/2025 - 07:00</t>
+    <t>01/02/2026 - 06:00</t>
   </si>
   <si>
     <t>Name of medicine</t>
   </si>
   <si>
     <t>EMA opinion number</t>
   </si>
   <si>
     <t>EMA opinion status</t>
   </si>
   <si>
     <t>Active substance</t>
   </si>
   <si>
     <t>International non-proprietary name (INN) / common name</t>
   </si>
   <si>
     <t>Therapeutic area (MeSH)</t>
   </si>
   <si>
     <t>ATC code (human)</t>
   </si>
   <si>
     <t>Latest procedure affecting product information</t>
   </si>
@@ -79,242 +79,275 @@
     <t>Opinion holder</t>
   </si>
   <si>
     <t>Pharmacotherapeutic group
 (human)</t>
   </si>
   <si>
     <t>Therapeutic indication</t>
   </si>
   <si>
     <t>Date of opinion</t>
   </si>
   <si>
     <t>Date of outcome</t>
   </si>
   <si>
     <t>First published date</t>
   </si>
   <si>
     <t>Last updated date</t>
   </si>
   <si>
     <t>Opinion on medicines for use outside EU URL</t>
   </si>
   <si>
+    <t>Aluvia</t>
+  </si>
+  <si>
+    <t>H-W-764</t>
+  </si>
+  <si>
+    <t>Positive opinion</t>
+  </si>
+  <si>
+    <t>lopinavir;ritonavir</t>
+  </si>
+  <si>
+    <t>HIV Infections</t>
+  </si>
+  <si>
+    <t>J05AR10</t>
+  </si>
+  <si>
+    <t>VR/0000256267</t>
+  </si>
+  <si>
+    <t>AbbVie Deutschland GmbH &amp; Co. KG</t>
+  </si>
+  <si>
+    <t>Antivirals for systemic use</t>
+  </si>
+  <si>
+    <t>Aluvia is indicated in combination with other antiretroviral medicinal products for the treatment of human immunodeficiency virus (HIV-1) infected adults, adolescents and children above the age of 2 years. The choice of Aluvia to treat protease inhibitor experienced HIV-1 infected patients should be based on individual viral resistance testing and treatment history of patients.</t>
+  </si>
+  <si>
+    <t>21/09/2006</t>
+  </si>
+  <si>
+    <t>09/04/2025</t>
+  </si>
+  <si>
+    <t>20/08/2020</t>
+  </si>
+  <si>
+    <t>02/12/2025</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/opinion-medicine-use-outside-EU/human/aluvia</t>
+  </si>
+  <si>
+    <t>Dengue Tetravalent Vaccine (Live, Attenuated) Takeda</t>
+  </si>
+  <si>
+    <t>EMEA/H/W/005362</t>
+  </si>
+  <si>
+    <t>Dengue virus, serotype 2, expressing Dengue virus, serotype 1, surface proteins, live, attenuated;Dengue virus, serotype 2, expressing Dengue virus, serotype 3, surface proteins, live, attenuated;Dengue virus, serotype 2, expressing Dengue virus, serotype 4, surface proteins, live, attenuated;Dengue virus, serotype 2, live, attenuated</t>
+  </si>
+  <si>
+    <t>dengue tetravalent vaccine (live, attenuated)</t>
+  </si>
+  <si>
+    <t>Dengue</t>
+  </si>
+  <si>
+    <t>J07BX04</t>
+  </si>
+  <si>
+    <t>T/0000310352</t>
+  </si>
+  <si>
+    <t>Takeda Pharmaceuticals International AG Ireland Branch</t>
+  </si>
+  <si>
+    <t>Vaccines</t>
+  </si>
+  <si>
+    <t>Dengue Tetravalent Vaccine (Live, Attenuated) Takeda is indicated for the prevention of dengue disease in individuals from 4 years of age. The use of Dengue Tetravalent Vaccine (Live, Attenuated) Takeda should be in accordance with official recommendations.</t>
+  </si>
+  <si>
+    <t>13/10/2022</t>
+  </si>
+  <si>
+    <t>28/11/2025</t>
+  </si>
+  <si>
+    <t>14/10/2022</t>
+  </si>
+  <si>
+    <t>01/12/2025</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/opinion-medicine-use-outside-EU/human/dengue-tetravalent-vaccine-live-attenuated-takeda</t>
+  </si>
+  <si>
     <t>Fexinidazole Winthrop</t>
   </si>
   <si>
     <t>H-W-2320</t>
   </si>
   <si>
-    <t>Positive opinion</t>
-[...1 lines deleted...]
-  <si>
     <t>fexinidazole</t>
   </si>
   <si>
     <t>Trypanosomiasis, African</t>
   </si>
   <si>
     <t>P01CA03</t>
   </si>
   <si>
     <t>VR/0000287639</t>
   </si>
   <si>
     <t>Sanofi Winthrop Industrie</t>
   </si>
   <si>
     <t>Antiparasitic products, insecticides and repellents;Antiprotozoals;Agents against leishmaniasis and trypanosomiasis;Nitroimidazole derivatives</t>
   </si>
   <si>
     <t>Fexinidazole Winthrop is indicated for the treatment of both first-stage (haemo-lymphatic) and second-stage (meningo-encephalitic) of human African trypanosomiasis (HAT) due to Trypanosoma brucei gambiense (g‑HAT) and Trypanosoma brucei rhodesiense (r-HAT) in adults and children ≥ 6 years old and weighing ≥ 20 kg. Fexinidazole should be used in line with official recommendations (see section 4.4).</t>
   </si>
   <si>
     <t>15/11/2018</t>
   </si>
   <si>
     <t>09/10/2025</t>
   </si>
   <si>
     <t>02/07/2018</t>
   </si>
   <si>
     <t>17/10/2025</t>
   </si>
   <si>
     <t>https://www.ema.europa.eu/en/opinion-medicine-use-outside-EU/human/fexinidazole-winthrop</t>
   </si>
   <si>
-    <t>Dengue Tetravalent Vaccine (Live, Attenuated) Takeda</t>
-[...43 lines deleted...]
-  <si>
     <t>Lenacapavir Gilead</t>
   </si>
   <si>
     <t>EMEA/H/W/006659</t>
   </si>
   <si>
     <t>lenacapavir sodium</t>
   </si>
   <si>
     <t>lenacapavir</t>
   </si>
   <si>
     <t>HIV Infections;HIV-1</t>
   </si>
   <si>
     <t>J05AX31</t>
   </si>
   <si>
     <t>Gilead Sciences Ireland Unlimited Company</t>
   </si>
   <si>
-    <t>Antivirals for systemic use</t>
-[...1 lines deleted...]
-  <si>
     <t>Solution for injection: Lenacapavir Gilead injection is indicated in combination with safer sex practices for pre-exposure prophylaxis (PrEP)&amp;nbsp;to reduce the risk of sexually acquired HIV-1 infection in adults and adolescents with increased HIV‑1 acquisition risk, weighing at least 35&amp;nbsp;kg (see sections 4.2, 4.4 and 5.1). Film-coated tablets: Lenacapavir Gilead tablet is indicated in combination with safer sex practices for pre-exposure prophylaxis (PrEP)&amp;nbsp;to reduce the risk of sexually acquired HIV-1 infection in adults and adolescents with increased HIV‑1 acquisition risk, weighing at least 35 kg&amp;nbsp;for:  oral loading oral bridging  (see sections&amp;nbsp;4.2, 4.4 and&amp;nbsp;5.1).</t>
   </si>
   <si>
     <t>24/07/2025</t>
   </si>
   <si>
     <t>25/07/2025</t>
   </si>
   <si>
     <t>05/09/2025</t>
   </si>
   <si>
     <t>https://www.ema.europa.eu/en/opinion-medicine-use-outside-EU/human/lenacapavir-gilead</t>
   </si>
   <si>
     <t>Dapivirine Vaginal Ring 25 mg</t>
   </si>
   <si>
     <t>H-W-2168</t>
   </si>
   <si>
     <t>dapivirine</t>
   </si>
   <si>
     <t>Anti-HIV Agents</t>
   </si>
   <si>
     <t>G01AX17</t>
   </si>
   <si>
     <t>II/0025/G</t>
   </si>
   <si>
-    <t>International Partnership for Microbicides Belgium AISBL</t>
-[...1 lines deleted...]
-  <si>
     <t>Other antiinfectives and antiseptics</t>
   </si>
   <si>
     <t>Reducing the risk of HIV-1 infection via vaginal intercourse in HIV-uninfected women 16 years and older in combination with safter sex practices when oral PrEP is not/cannot be used or is not available.</t>
   </si>
   <si>
     <t>23/07/2020</t>
   </si>
   <si>
     <t>19/06/2025</t>
   </si>
   <si>
     <t>04/01/2021</t>
   </si>
   <si>
     <t>21/08/2025</t>
   </si>
   <si>
     <t>https://www.ema.europa.eu/en/opinion-medicine-use-outside-EU/human/dapivirine-vaginal-ring-25-mg</t>
   </si>
   <si>
     <t>Pyramax</t>
   </si>
   <si>
     <t>H-W-2319</t>
   </si>
   <si>
     <t>artesunate;pyronaridine</t>
   </si>
   <si>
     <t>Malaria</t>
   </si>
   <si>
     <t>P01BF06</t>
   </si>
   <si>
     <t>II/0036</t>
   </si>
   <si>
-    <t>Shin Poong Pharmaceutical Co., Ltd.</t>
-[...1 lines deleted...]
-  <si>
     <t>Antimalarials</t>
   </si>
   <si>
     <t>For tablets and granules combined: Pyramax tablets are indicated in the treatment of acute, uncomplicated malaria infection caused by Plasmodium falciparum or by Plasmodium vivax in adults and children weighing 20 kg or more. Pyramax Granules for oral suspension are indicated in the treatment of acute, uncomplicated malaria infection caused by Plasmodium falciparum or by Plasmodium vivax in children and infants weighing 5 kg to under 20 kg. Consideration should be given to official guidance on the appropriate use of antimalarial agents.</t>
   </si>
   <si>
     <t>16/02/2012</t>
   </si>
   <si>
     <t>05/06/2025</t>
   </si>
   <si>
     <t>06/08/2025</t>
   </si>
   <si>
     <t>https://www.ema.europa.eu/en/opinion-medicine-use-outside-EU/human/pyramax</t>
   </si>
   <si>
     <t>Mosquirix</t>
   </si>
   <si>
     <t>H-W-2300</t>
   </si>
   <si>
     <t>RTS,S [Portion of P. falciparum circumsporozoite protein fused with hepatitis B surface antigen (RTS), and combined with hepatitis B surface antigen (S)]</t>
@@ -328,89 +361,50 @@
   <si>
     <t>II/0086</t>
   </si>
   <si>
     <t>Malaria vaccines</t>
   </si>
   <si>
     <t>Active immunisation of children aged 6 weeks up to 17 months against malaria caused by Plasmodium falciparum and against hepatitis B. The use of Mosquirix should be based on official recommendations considering Plasmodium falciparum malaria epidemiology in different geographical areas.</t>
   </si>
   <si>
     <t>23/07/2015</t>
   </si>
   <si>
     <t>27/03/2025</t>
   </si>
   <si>
     <t>01/10/2015</t>
   </si>
   <si>
     <t>16/05/2025</t>
   </si>
   <si>
     <t>https://www.ema.europa.eu/en/opinion-medicine-use-outside-EU/human/mosquirix</t>
   </si>
   <si>
-    <t>Aluvia</t>
-[...37 lines deleted...]
-  <si>
     <t>Ivermectin/Albendazole</t>
   </si>
   <si>
     <t>H-W-5186</t>
   </si>
   <si>
     <t>ivermectin;albendazole</t>
   </si>
   <si>
     <t>Parasitic Diseases;Helminthiasis;Hookworm Infections;Ascaridida Infections;Trichuriasis;Strongyloidiasis</t>
   </si>
   <si>
     <t>P02CF01</t>
   </si>
   <si>
     <t>Laboratorios Liconsa S.A.</t>
   </si>
   <si>
     <t>Anthelmintics</t>
   </si>
   <si>
     <t>Ivermectin/Albendazole orodispersible tablets are indicated in adults, adolescents and children ≥ 5&amp;nbsp;years of age for the treatment of:  Soil-transmitted helminth infections, caused by one or more of the following parasites (see section 5.1): hookworm (Ancylostoma duodenale, Necator americanus), roundworm (Ascaris lumbricoides), whipworm (Trichuris trichiura) and Strongyloides stercoralis. Proven or suspected microfilaraemia in patients with lymphatic filariasis caused by Wuchereria bancrofti.  Ivermectin/albendazole should be used in accordance with official guidance, which may include guidance provided by the World Health Organization and public health authorities.</t>
   </si>
   <si>
     <t>30/01/2025</t>
@@ -643,123 +637,120 @@
   <si>
     <t>Bordetella pertussis (inactivated);Diphtheria toxoid;hepatitis B surface antigen;tetanus toxoid</t>
   </si>
   <si>
     <t>diphtheria (D), tetanus (T), pertussis (whole cell) (Pw) and hepatitis B (rDNA) (HBV) vaccine (adsorbed)</t>
   </si>
   <si>
     <t>Hepatitis;Tetanus;Immunization;Meningitis, Haemophilus;Whooping Cough;Poliomyelitis;Diphtheria</t>
   </si>
   <si>
     <t>J07CA05</t>
   </si>
   <si>
     <t>H-C-W-3838</t>
   </si>
   <si>
     <t>Active immunisation against diphtheria, tetanus, pertussis and hepatitis B (HBV) in infants from 6 weeks onwards.</t>
   </si>
   <si>
     <t>19/12/2013</t>
   </si>
   <si>
     <t>https://www.ema.europa.eu/en/opinion-medicine-use-outside-EU/human/tritanrix-hb</t>
   </si>
   <si>
+    <t>Globorix</t>
+  </si>
+  <si>
+    <t>H/W/848</t>
+  </si>
+  <si>
+    <t>Withdrawn application</t>
+  </si>
+  <si>
+    <t>Diphtheria toxoid;Bordetella pertussis (inactivated);Haemophilus influenzae type b polysaccharide;Neisseria meningitidis group A polysaccharide conjugated to tetanus toxoid;Neisseria meningitidis group C polysaccharide conjugated to tetanus toxoid;hepatitis B surface antigen;tetanus toxoid</t>
+  </si>
+  <si>
+    <t>diphtheria (D), tetanus (T), pertussis (whole cell) (Pw), hepatitis B (rDNA) (HBV), Haemophilus type b (HIB) and Neisseria meningitidis group A and C (MenAC) conjugate vaccine (adsorbed)</t>
+  </si>
+  <si>
+    <t>Immunization;Hepatitis B;Diphtheria-Tetanus-Pertussis Vaccine;Bordetella pertussis;Haemophilus influenzae type b;Neisseria meningitidis, Serogroup A;Neisseria meningitidis, Serogroup C</t>
+  </si>
+  <si>
+    <t>Primary immunisation of infants (during the first year of life) and for booster immunisation (during the second year of life) against diphtheria, tetanus, pertussis, hepatitis B, invasive disease caused by Haemophilus influenzae type b and Neisseria meningitidis serogroups A and C.</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/opinion-medicine-use-outside-EU/human/globorix</t>
+  </si>
+  <si>
     <t>Lamivudine ViiV</t>
   </si>
   <si>
     <t>H/W/673</t>
   </si>
   <si>
     <t>lamivudine</t>
   </si>
   <si>
     <t>J05AF05</t>
   </si>
   <si>
     <t>H-W-673-WS-755</t>
   </si>
   <si>
-    <t>ViiV Healtcare UK Limited</t>
-[...1 lines deleted...]
-  <si>
     <t>Lamivudine is indicated as part of antiretroviral combination therapy for the treatment of human immunodeficiency virus (HIV) infected adults and children.</t>
   </si>
   <si>
     <t>17/11/2005</t>
   </si>
   <si>
     <t>17/09/2015</t>
   </si>
   <si>
     <t>https://www.ema.europa.eu/en/opinion-medicine-use-outside-EU/human/lamivudine-viiv</t>
   </si>
   <si>
     <t>Lamivudine / Zidovudine ViiV (previously Lamivudine / Zidovudine GSK)</t>
   </si>
   <si>
     <t>H/W/672</t>
   </si>
   <si>
     <t>lamivudine;zidovudine</t>
   </si>
   <si>
     <t>J05AR01</t>
   </si>
   <si>
     <t>H-W-672-WS-0755</t>
   </si>
   <si>
     <t>Lamivudine/zidovudine is indicated as part of antiretroviral combination therapy for the treatment of human immunodeficiency virus (HIV) infected adults and children.</t>
   </si>
   <si>
     <t>https://www.ema.europa.eu/en/opinion-medicine-use-outside-EU/human/lamivudine-zidovudine-viiv-previously-lamivudine-zidovudine-gsk</t>
-  </si>
-[...22 lines deleted...]
-    <t>https://www.ema.europa.eu/en/opinion-medicine-use-outside-EU/human/globorix</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="d/mm/yyyy;@"/>
   </numFmts>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="9"/>
@@ -2478,790 +2469,782 @@
       </c>
       <c r="N11" s="2" t="s">
         <v>47</v>
       </c>
       <c r="O11" s="1" t="s">
         <v>48</v>
       </c>
       <c r="P11" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="12" spans="1:1024">
       <c r="A12" s="1" t="s">
         <v>50</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>51</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>52</v>
       </c>
       <c r="E12" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="F12" s="1" t="s">
         <v>53</v>
       </c>
-      <c r="F12" s="1" t="s">
+      <c r="G12" s="1" t="s">
         <v>54</v>
       </c>
-      <c r="G12" s="1" t="s">
+      <c r="H12" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="H12" s="1"/>
       <c r="I12" s="1" t="s">
         <v>56</v>
       </c>
       <c r="J12" s="1" t="s">
         <v>57</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>58</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>59</v>
       </c>
-      <c r="M12" s="2"/>
+      <c r="M12" s="2" t="s">
+        <v>60</v>
+      </c>
       <c r="N12" s="2" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="O12" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="P12" s="1" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="13" spans="1:1024">
       <c r="A13" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>67</v>
-[...3 lines deleted...]
-      </c>
+        <v>69</v>
+      </c>
+      <c r="H13" s="1"/>
       <c r="I13" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="J13" s="1" t="s">
-        <v>70</v>
+        <v>28</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>71</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>72</v>
       </c>
-      <c r="M13" s="2" t="s">
+      <c r="M13" s="2"/>
+      <c r="N13" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="N13" s="2" t="s">
+      <c r="O13" s="1" t="s">
         <v>74</v>
       </c>
-      <c r="O13" s="1" t="s">
+      <c r="P13" s="1" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="14" spans="1:1024">
       <c r="A14" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="B14" s="1" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D14" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="E14" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="F14" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="E14" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F14" s="1" t="s">
+      <c r="G14" s="1" t="s">
         <v>80</v>
       </c>
-      <c r="G14" s="1" t="s">
+      <c r="H14" s="1" t="s">
         <v>81</v>
       </c>
-      <c r="H14" s="1" t="s">
+      <c r="I14" s="1"/>
+      <c r="J14" s="1" t="s">
         <v>82</v>
       </c>
-      <c r="I14" s="1" t="s">
+      <c r="K14" s="2" t="s">
         <v>83</v>
       </c>
-      <c r="J14" s="1" t="s">
+      <c r="L14" s="2" t="s">
         <v>84</v>
       </c>
-      <c r="K14" s="2" t="s">
+      <c r="M14" s="2" t="s">
         <v>85</v>
       </c>
-      <c r="L14" s="2" t="s">
+      <c r="N14" s="2" t="s">
         <v>86</v>
       </c>
-      <c r="M14" s="2" t="s">
+      <c r="O14" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="N14" s="2" t="s">
-[...2 lines deleted...]
-      <c r="O14" s="1" t="s">
+      <c r="P14" s="1" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="15" spans="1:1024">
       <c r="A15" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="B15" s="1" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D15" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="E15" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="F15" s="1" t="s">
         <v>92</v>
       </c>
-      <c r="E15" s="1" t="s">
+      <c r="G15" s="1" t="s">
         <v>93</v>
       </c>
-      <c r="F15" s="1" t="s">
-[...2 lines deleted...]
-      <c r="G15" s="1" t="s">
+      <c r="H15" s="1" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
       <c r="I15" s="1"/>
       <c r="J15" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="K15" s="2" t="s">
         <v>96</v>
       </c>
-      <c r="K15" s="2" t="s">
+      <c r="L15" s="2" t="s">
         <v>97</v>
       </c>
-      <c r="L15" s="2" t="s">
+      <c r="M15" s="2" t="s">
         <v>98</v>
       </c>
-      <c r="M15" s="2" t="s">
+      <c r="N15" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="O15" s="1" t="s">
         <v>99</v>
       </c>
-      <c r="N15" s="2" t="s">
+      <c r="P15" s="1" t="s">
         <v>100</v>
-      </c>
-[...4 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="16" spans="1:1024">
       <c r="A16" s="1" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D16" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="E16" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="F16" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="G16" s="1" t="s">
         <v>105</v>
       </c>
-      <c r="E16" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F16" s="1" t="s">
+      <c r="H16" s="1" t="s">
         <v>106</v>
       </c>
-      <c r="G16" s="1" t="s">
+      <c r="I16" s="1"/>
+      <c r="J16" s="1" t="s">
         <v>107</v>
       </c>
-      <c r="H16" s="1" t="s">
+      <c r="K16" s="2" t="s">
         <v>108</v>
       </c>
-      <c r="I16" s="1" t="s">
+      <c r="L16" s="2" t="s">
         <v>109</v>
       </c>
-      <c r="J16" s="1" t="s">
-[...2 lines deleted...]
-      <c r="K16" s="2" t="s">
+      <c r="M16" s="2" t="s">
         <v>110</v>
       </c>
-      <c r="L16" s="2" t="s">
+      <c r="N16" s="2" t="s">
         <v>111</v>
       </c>
-      <c r="M16" s="2" t="s">
+      <c r="O16" s="1" t="s">
         <v>112</v>
       </c>
-      <c r="N16" s="2" t="s">
+      <c r="P16" s="1" t="s">
         <v>113</v>
-      </c>
-[...4 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="17" spans="1:1024">
       <c r="A17" s="1" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D17" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="E17" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="F17" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="G17" s="1" t="s">
         <v>118</v>
-      </c>
-[...7 lines deleted...]
-        <v>120</v>
       </c>
       <c r="H17" s="1"/>
       <c r="I17" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="J17" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="K17" s="2" t="s">
         <v>121</v>
       </c>
-      <c r="J17" s="1" t="s">
+      <c r="L17" s="2" t="s">
         <v>122</v>
-      </c>
-[...4 lines deleted...]
-        <v>124</v>
       </c>
       <c r="M17" s="2"/>
       <c r="N17" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="O17" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="P17" s="1" t="s">
         <v>125</v>
-      </c>
-[...4 lines deleted...]
-        <v>127</v>
       </c>
     </row>
     <row r="18" spans="1:1024">
       <c r="A18" s="1" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="F18" s="1"/>
       <c r="G18" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="H18" s="1"/>
       <c r="I18" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="J18" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="K18" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="L18" s="2" t="s">
         <v>132</v>
-      </c>
-[...7 lines deleted...]
-        <v>134</v>
       </c>
       <c r="M18" s="2"/>
       <c r="N18" s="2" t="s">
+        <v>133</v>
+      </c>
+      <c r="O18" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="P18" s="1" t="s">
         <v>135</v>
-      </c>
-[...4 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="19" spans="1:1024">
       <c r="A19" s="1" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D19" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="E19" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="F19" s="1" t="s">
         <v>140</v>
       </c>
-      <c r="E19" s="1" t="s">
+      <c r="G19" s="1" t="s">
         <v>141</v>
-      </c>
-[...4 lines deleted...]
-        <v>143</v>
       </c>
       <c r="H19" s="1"/>
       <c r="I19" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="J19" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="K19" s="2" t="s">
         <v>144</v>
       </c>
-      <c r="J19" s="1" t="s">
+      <c r="L19" s="2" t="s">
         <v>145</v>
-      </c>
-[...4 lines deleted...]
-        <v>147</v>
       </c>
       <c r="M19" s="2"/>
       <c r="N19" s="2" t="s">
+        <v>145</v>
+      </c>
+      <c r="O19" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="P19" s="1" t="s">
         <v>147</v>
-      </c>
-[...4 lines deleted...]
-        <v>149</v>
       </c>
     </row>
     <row r="20" spans="1:1024">
       <c r="A20" s="1" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D20" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="E20" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="F20" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="H20" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="I20" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="J20" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="K20" s="2" t="s">
+        <v>151</v>
+      </c>
+      <c r="L20" s="2" t="s">
+        <v>145</v>
+      </c>
+      <c r="M20" s="2" t="s">
+        <v>145</v>
+      </c>
+      <c r="N20" s="2" t="s">
+        <v>145</v>
+      </c>
+      <c r="O20" s="1" t="s">
         <v>152</v>
       </c>
-      <c r="E20" s="1" t="s">
-[...17 lines deleted...]
-      <c r="K20" s="2" t="s">
+      <c r="P20" s="1" t="s">
         <v>153</v>
-      </c>
-[...13 lines deleted...]
-        <v>155</v>
       </c>
     </row>
     <row r="21" spans="1:1024">
       <c r="A21" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="C21" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="B21" s="1" t="s">
+      <c r="D21" s="1" t="s">
         <v>157</v>
       </c>
-      <c r="C21" s="1" t="s">
+      <c r="E21" s="1" t="s">
         <v>158</v>
       </c>
-      <c r="D21" s="1" t="s">
+      <c r="F21" s="1" t="s">
         <v>159</v>
       </c>
-      <c r="E21" s="1" t="s">
+      <c r="G21" s="1" t="s">
         <v>160</v>
       </c>
-      <c r="F21" s="1" t="s">
+      <c r="H21" s="1" t="s">
         <v>161</v>
-      </c>
-[...4 lines deleted...]
-        <v>163</v>
       </c>
       <c r="I21" s="1"/>
       <c r="J21" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="K21" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="L21" s="2" t="s">
         <v>164</v>
       </c>
-      <c r="K21" s="2" t="s">
+      <c r="M21" s="2" t="s">
         <v>165</v>
       </c>
-      <c r="L21" s="2" t="s">
+      <c r="N21" s="2" t="s">
         <v>166</v>
       </c>
-      <c r="M21" s="2" t="s">
+      <c r="O21" s="1" t="s">
         <v>167</v>
       </c>
-      <c r="N21" s="2" t="s">
+      <c r="P21" s="1" t="s">
         <v>168</v>
-      </c>
-[...4 lines deleted...]
-        <v>170</v>
       </c>
     </row>
     <row r="22" spans="1:1024">
       <c r="A22" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="D22" s="1" t="s">
         <v>171</v>
       </c>
-      <c r="B22" s="1" t="s">
+      <c r="E22" s="1" t="s">
         <v>172</v>
       </c>
-      <c r="C22" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D22" s="1" t="s">
+      <c r="F22" s="1" t="s">
         <v>173</v>
       </c>
-      <c r="E22" s="1" t="s">
+      <c r="G22" s="1" t="s">
         <v>174</v>
       </c>
-      <c r="F22" s="1" t="s">
+      <c r="H22" s="1" t="s">
         <v>175</v>
       </c>
-      <c r="G22" s="1" t="s">
+      <c r="I22" s="1" t="s">
         <v>176</v>
       </c>
-      <c r="H22" s="1" t="s">
+      <c r="J22" s="1" t="s">
         <v>177</v>
       </c>
-      <c r="I22" s="1" t="s">
+      <c r="K22" s="2" t="s">
         <v>178</v>
       </c>
-      <c r="J22" s="1" t="s">
+      <c r="L22" s="2" t="s">
         <v>179</v>
       </c>
-      <c r="K22" s="2" t="s">
+      <c r="M22" s="2" t="s">
         <v>180</v>
       </c>
-      <c r="L22" s="2" t="s">
+      <c r="N22" s="2" t="s">
         <v>181</v>
-      </c>
-[...4 lines deleted...]
-        <v>183</v>
       </c>
       <c r="O22" s="1"/>
       <c r="P22" s="1" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
     </row>
     <row r="23" spans="1:1024">
       <c r="A23" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="D23" s="1" t="s">
         <v>185</v>
       </c>
-      <c r="B23" s="1" t="s">
+      <c r="E23" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="F23" s="1" t="s">
         <v>186</v>
       </c>
-      <c r="C23" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D23" s="1" t="s">
+      <c r="G23" s="1" t="s">
         <v>187</v>
       </c>
-      <c r="E23" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F23" s="1" t="s">
+      <c r="H23" s="1" t="s">
         <v>188</v>
       </c>
-      <c r="G23" s="1" t="s">
+      <c r="I23" s="1" t="s">
         <v>189</v>
       </c>
-      <c r="H23" s="1" t="s">
+      <c r="J23" s="1" t="s">
         <v>190</v>
       </c>
-      <c r="I23" s="1" t="s">
+      <c r="K23" s="2" t="s">
         <v>191</v>
       </c>
-      <c r="J23" s="1" t="s">
+      <c r="L23" s="2" t="s">
         <v>192</v>
       </c>
-      <c r="K23" s="2" t="s">
+      <c r="M23" s="2" t="s">
         <v>193</v>
       </c>
-      <c r="L23" s="2" t="s">
+      <c r="N23" s="2" t="s">
         <v>194</v>
-      </c>
-[...4 lines deleted...]
-        <v>196</v>
       </c>
       <c r="O23" s="1"/>
       <c r="P23" s="1" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
     </row>
     <row r="24" spans="1:1024">
       <c r="A24" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="D24" s="1" t="s">
         <v>198</v>
       </c>
-      <c r="B24" s="1" t="s">
+      <c r="E24" s="1" t="s">
         <v>199</v>
       </c>
-      <c r="C24" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D24" s="1" t="s">
+      <c r="F24" s="1" t="s">
         <v>200</v>
       </c>
-      <c r="E24" s="1" t="s">
+      <c r="G24" s="1" t="s">
         <v>201</v>
       </c>
-      <c r="F24" s="1" t="s">
+      <c r="H24" s="1" t="s">
         <v>202</v>
-      </c>
-[...4 lines deleted...]
-        <v>204</v>
       </c>
       <c r="I24" s="1"/>
       <c r="J24" s="1" t="s">
         <v>43</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="L24" s="2" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="M24" s="2" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="N24" s="2" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="O24" s="1"/>
       <c r="P24" s="1" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
     </row>
     <row r="25" spans="1:1024">
       <c r="A25" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="C25" s="1" t="s">
         <v>208</v>
       </c>
-      <c r="B25" s="1" t="s">
+      <c r="D25" s="1" t="s">
         <v>209</v>
-      </c>
-[...4 lines deleted...]
-        <v>210</v>
       </c>
       <c r="E25" s="1" t="s">
         <v>210</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>106</v>
+        <v>211</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>211</v>
-[...1 lines deleted...]
-      <c r="H25" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="H25" s="1"/>
+      <c r="I25" s="1"/>
+      <c r="J25" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="K25" s="2" t="s">
         <v>212</v>
       </c>
-      <c r="I25" s="1" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="L25" s="2"/>
+      <c r="M25" s="2"/>
       <c r="N25" s="2" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="O25" s="1"/>
       <c r="P25" s="1" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
     </row>
     <row r="26" spans="1:1024">
       <c r="A26" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="E26" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="F26" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="H26" s="1" t="s">
         <v>218</v>
       </c>
-      <c r="B26" s="1" t="s">
+      <c r="I26" s="1"/>
+      <c r="J26" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="K26" s="2" t="s">
         <v>219</v>
       </c>
-      <c r="C26" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D26" s="1" t="s">
+      <c r="L26" s="2" t="s">
         <v>220</v>
       </c>
-      <c r="E26" s="1" t="s">
-[...5 lines deleted...]
-      <c r="G26" s="1" t="s">
+      <c r="M26" s="2" t="s">
         <v>221</v>
       </c>
-      <c r="H26" s="1" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="N26" s="2" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="O26" s="1"/>
       <c r="P26" s="1" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
     </row>
     <row r="27" spans="1:1024">
       <c r="A27" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="D27" s="1" t="s">
         <v>225</v>
       </c>
-      <c r="B27" s="1" t="s">
+      <c r="E27" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="F27" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="G27" s="1" t="s">
         <v>226</v>
       </c>
-      <c r="C27" s="1" t="s">
+      <c r="H27" s="1" t="s">
         <v>227</v>
       </c>
-      <c r="D27" s="1" t="s">
-[...11 lines deleted...]
-      <c r="H27" s="1"/>
       <c r="I27" s="1"/>
       <c r="J27" s="1" t="s">
-        <v>179</v>
+        <v>28</v>
       </c>
       <c r="K27" s="2" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-      <c r="M27" s="2"/>
+        <v>228</v>
+      </c>
+      <c r="L27" s="2" t="s">
+        <v>220</v>
+      </c>
+      <c r="M27" s="2" t="s">
+        <v>221</v>
+      </c>
       <c r="N27" s="2" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="O27" s="1"/>
       <c r="P27" s="1" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A9:P9"/>
   <mergeCells>
     <mergeCell ref="D1:E1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7875" right="0.7875" top="1.0527777777778" bottom="1.0527777777778" header="0.7875" footer="0.7875"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" firstPageNumber="1" useFirstPageNumber="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">