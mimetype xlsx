--- v2 (2026-02-01)
+++ v3 (2026-03-08)
@@ -16,62 +16,62 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="500" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Medicine for use outside EU" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Medicine for use outside EU'!$A$9:$P$9</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="230">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="240">
   <si>
     <t>Content type:</t>
   </si>
   <si>
     <t>Opinion on medicines for use outside EU</t>
   </si>
   <si>
     <t>Output automatically generated from content on www.ema.europa.eu on:</t>
   </si>
   <si>
-    <t>01/02/2026 - 06:00</t>
+    <t>08/03/2026 - 06:00</t>
   </si>
   <si>
     <t>Name of medicine</t>
   </si>
   <si>
     <t>EMA opinion number</t>
   </si>
   <si>
     <t>EMA opinion status</t>
   </si>
   <si>
     <t>Active substance</t>
   </si>
   <si>
     <t>International non-proprietary name (INN) / common name</t>
   </si>
   <si>
     <t>Therapeutic area (MeSH)</t>
   </si>
   <si>
     <t>ATC code (human)</t>
   </si>
   <si>
     <t>Latest procedure affecting product information</t>
   </si>
@@ -79,77 +79,149 @@
     <t>Opinion holder</t>
   </si>
   <si>
     <t>Pharmacotherapeutic group
 (human)</t>
   </si>
   <si>
     <t>Therapeutic indication</t>
   </si>
   <si>
     <t>Date of opinion</t>
   </si>
   <si>
     <t>Date of outcome</t>
   </si>
   <si>
     <t>First published date</t>
   </si>
   <si>
     <t>Last updated date</t>
   </si>
   <si>
     <t>Opinion on medicines for use outside EU URL</t>
   </si>
   <si>
+    <t>Acoziborole Winthrop</t>
+  </si>
+  <si>
+    <t>EMEA/H/W/006686</t>
+  </si>
+  <si>
+    <t>Positive opinion</t>
+  </si>
+  <si>
+    <t>acoziborole</t>
+  </si>
+  <si>
+    <t>Trypanosomiasis, African</t>
+  </si>
+  <si>
+    <t>P01CX</t>
+  </si>
+  <si>
+    <t>Sanofi Winthrop Industrie</t>
+  </si>
+  <si>
+    <t>Antiprotozoals</t>
+  </si>
+  <si>
+    <t>Treatment of first and second-stage human African Trypanosomiases due to Trypanosoma brucei gambiense</t>
+  </si>
+  <si>
+    <t>26/02/2026</t>
+  </si>
+  <si>
+    <t>27/02/2026</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/opinion-medicine-use-outside-EU/human/acoziborole-winthrop</t>
+  </si>
+  <si>
+    <t>Lenacapavir Gilead</t>
+  </si>
+  <si>
+    <t>EMEA/H/W/006659</t>
+  </si>
+  <si>
+    <t>lenacapavir sodium</t>
+  </si>
+  <si>
+    <t>lenacapavir</t>
+  </si>
+  <si>
+    <t>HIV Infections;HIV-1</t>
+  </si>
+  <si>
+    <t>J05AX31</t>
+  </si>
+  <si>
+    <t>VR/0000323127</t>
+  </si>
+  <si>
+    <t>Gilead Sciences Ireland Unlimited Company</t>
+  </si>
+  <si>
+    <t>Antivirals for systemic use</t>
+  </si>
+  <si>
+    <t>Solution for injection: Lenacapavir Gilead injection is indicated in combination with safer sex practices for pre-exposure prophylaxis (PrEP)&amp;nbsp;to reduce the risk of sexually acquired HIV-1 infection in adults and adolescents with increased HIV‑1 acquisition risk, weighing at least 35&amp;nbsp;kg (see sections 4.2, 4.4 and 5.1). Film-coated tablets: Lenacapavir Gilead tablet is indicated in combination with safer sex practices for pre-exposure prophylaxis (PrEP)&amp;nbsp;to reduce the risk of sexually acquired HIV-1 infection in adults and adolescents with increased HIV‑1 acquisition risk, weighing at least 35 kg&amp;nbsp;for:  oral loading oral bridging  (see sections&amp;nbsp;4.2, 4.4 and&amp;nbsp;5.1).</t>
+  </si>
+  <si>
+    <t>24/07/2025</t>
+  </si>
+  <si>
+    <t>25/07/2025</t>
+  </si>
+  <si>
+    <t>20/02/2026</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/opinion-medicine-use-outside-EU/human/lenacapavir-gilead</t>
+  </si>
+  <si>
     <t>Aluvia</t>
   </si>
   <si>
     <t>H-W-764</t>
   </si>
   <si>
-    <t>Positive opinion</t>
-[...1 lines deleted...]
-  <si>
     <t>lopinavir;ritonavir</t>
   </si>
   <si>
     <t>HIV Infections</t>
   </si>
   <si>
     <t>J05AR10</t>
   </si>
   <si>
     <t>VR/0000256267</t>
   </si>
   <si>
     <t>AbbVie Deutschland GmbH &amp; Co. KG</t>
   </si>
   <si>
-    <t>Antivirals for systemic use</t>
-[...1 lines deleted...]
-  <si>
     <t>Aluvia is indicated in combination with other antiretroviral medicinal products for the treatment of human immunodeficiency virus (HIV-1) infected adults, adolescents and children above the age of 2 years. The choice of Aluvia to treat protease inhibitor experienced HIV-1 infected patients should be based on individual viral resistance testing and treatment history of patients.</t>
   </si>
   <si>
     <t>21/09/2006</t>
   </si>
   <si>
     <t>09/04/2025</t>
   </si>
   <si>
     <t>20/08/2020</t>
   </si>
   <si>
     <t>02/12/2025</t>
   </si>
   <si>
     <t>https://www.ema.europa.eu/en/opinion-medicine-use-outside-EU/human/aluvia</t>
   </si>
   <si>
     <t>Dengue Tetravalent Vaccine (Live, Attenuated) Takeda</t>
   </si>
   <si>
     <t>EMEA/H/W/005362</t>
   </si>
   <si>
     <t>Dengue virus, serotype 2, expressing Dengue virus, serotype 1, surface proteins, live, attenuated;Dengue virus, serotype 2, expressing Dengue virus, serotype 3, surface proteins, live, attenuated;Dengue virus, serotype 2, expressing Dengue virus, serotype 4, surface proteins, live, attenuated;Dengue virus, serotype 2, live, attenuated</t>
@@ -178,117 +250,75 @@
   <si>
     <t>13/10/2022</t>
   </si>
   <si>
     <t>28/11/2025</t>
   </si>
   <si>
     <t>14/10/2022</t>
   </si>
   <si>
     <t>01/12/2025</t>
   </si>
   <si>
     <t>https://www.ema.europa.eu/en/opinion-medicine-use-outside-EU/human/dengue-tetravalent-vaccine-live-attenuated-takeda</t>
   </si>
   <si>
     <t>Fexinidazole Winthrop</t>
   </si>
   <si>
     <t>H-W-2320</t>
   </si>
   <si>
     <t>fexinidazole</t>
   </si>
   <si>
-    <t>Trypanosomiasis, African</t>
-[...1 lines deleted...]
-  <si>
     <t>P01CA03</t>
   </si>
   <si>
     <t>VR/0000287639</t>
   </si>
   <si>
-    <t>Sanofi Winthrop Industrie</t>
-[...1 lines deleted...]
-  <si>
     <t>Antiparasitic products, insecticides and repellents;Antiprotozoals;Agents against leishmaniasis and trypanosomiasis;Nitroimidazole derivatives</t>
   </si>
   <si>
     <t>Fexinidazole Winthrop is indicated for the treatment of both first-stage (haemo-lymphatic) and second-stage (meningo-encephalitic) of human African trypanosomiasis (HAT) due to Trypanosoma brucei gambiense (g‑HAT) and Trypanosoma brucei rhodesiense (r-HAT) in adults and children ≥ 6 years old and weighing ≥ 20 kg. Fexinidazole should be used in line with official recommendations (see section 4.4).</t>
   </si>
   <si>
     <t>15/11/2018</t>
   </si>
   <si>
     <t>09/10/2025</t>
   </si>
   <si>
     <t>02/07/2018</t>
   </si>
   <si>
     <t>17/10/2025</t>
   </si>
   <si>
     <t>https://www.ema.europa.eu/en/opinion-medicine-use-outside-EU/human/fexinidazole-winthrop</t>
-  </si>
-[...34 lines deleted...]
-    <t>https://www.ema.europa.eu/en/opinion-medicine-use-outside-EU/human/lenacapavir-gilead</t>
   </si>
   <si>
     <t>Dapivirine Vaginal Ring 25 mg</t>
   </si>
   <si>
     <t>H-W-2168</t>
   </si>
   <si>
     <t>dapivirine</t>
   </si>
   <si>
     <t>Anti-HIV Agents</t>
   </si>
   <si>
     <t>G01AX17</t>
   </si>
   <si>
     <t>II/0025/G</t>
   </si>
   <si>
     <t>Other antiinfectives and antiseptics</t>
   </si>
   <si>
     <t>Reducing the risk of HIV-1 infection via vaginal intercourse in HIV-uninfected women 16 years and older in combination with safter sex practices when oral PrEP is not/cannot be used or is not available.</t>
   </si>
@@ -1190,51 +1220,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AMJ27"/>
+  <dimension ref="A1:AMJ28"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1" topLeftCell="A1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="11.43359375" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="1"/>
     <col min="2" max="2" width="16" customWidth="true" style="1"/>
     <col min="3" max="3" width="33.41" customWidth="true" style="1"/>
     <col min="4" max="4" width="16" customWidth="true" style="1"/>
     <col min="5" max="5" width="16" customWidth="true" style="1"/>
     <col min="6" max="6" width="16" customWidth="true" style="1"/>
     <col min="7" max="7" width="16" customWidth="true" style="1"/>
     <col min="8" max="8" width="16" customWidth="true" style="1"/>
     <col min="9" max="9" width="16" customWidth="true" style="1"/>
     <col min="10" max="10" width="28.71" customWidth="true" style="1"/>
     <col min="11" max="11" width="27.85" customWidth="true" style="2"/>
     <col min="12" max="12" width="16" customWidth="true" style="2"/>
     <col min="13" max="13" width="23.15" customWidth="true" style="2"/>
     <col min="14" max="14" width="19" customWidth="true" style="2"/>
     <col min="15" max="15" width="16" customWidth="true" style="1"/>
     <col min="16" max="16" width="78.71" customWidth="true" style="1"/>
     <col min="17" max="17" width="11.42" customWidth="true" style="1"/>
     <col min="18" max="18" width="11.42" customWidth="true" style="1"/>
@@ -2377,874 +2407,918 @@
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:1024">
       <c r="A10" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E10" s="1" t="s">
         <v>23</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>24</v>
       </c>
       <c r="G10" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="H10" s="1" t="s">
+      <c r="H10" s="1"/>
+      <c r="I10" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="I10" s="1" t="s">
+      <c r="J10" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="J10" s="1" t="s">
+      <c r="K10" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="K10" s="2" t="s">
+      <c r="L10" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="L10" s="2" t="s">
+      <c r="M10" s="2"/>
+      <c r="N10" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="M10" s="2" t="s">
+      <c r="O10" s="1"/>
+      <c r="P10" s="1" t="s">
         <v>31</v>
-      </c>
-[...7 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="11" spans="1:1024">
       <c r="A11" s="1" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D11" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="E11" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="F11" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="G11" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="E11" s="1" t="s">
+      <c r="H11" s="1" t="s">
         <v>38</v>
       </c>
-      <c r="F11" s="1" t="s">
+      <c r="I11" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="G11" s="1" t="s">
+      <c r="J11" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="H11" s="1" t="s">
+      <c r="K11" s="2" t="s">
         <v>41</v>
       </c>
-      <c r="I11" s="1" t="s">
+      <c r="L11" s="2" t="s">
         <v>42</v>
       </c>
-      <c r="J11" s="1" t="s">
+      <c r="M11" s="2"/>
+      <c r="N11" s="2" t="s">
         <v>43</v>
       </c>
-      <c r="K11" s="2" t="s">
+      <c r="O11" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="L11" s="2" t="s">
+      <c r="P11" s="1" t="s">
         <v>45</v>
-      </c>
-[...10 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="12" spans="1:1024">
       <c r="A12" s="1" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D12" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E12" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="F12" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="H12" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="I12" s="1" t="s">
         <v>52</v>
       </c>
-      <c r="E12" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F12" s="1" t="s">
+      <c r="J12" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="K12" s="2" t="s">
         <v>53</v>
       </c>
-      <c r="G12" s="1" t="s">
+      <c r="L12" s="2" t="s">
         <v>54</v>
       </c>
-      <c r="H12" s="1" t="s">
+      <c r="M12" s="2" t="s">
         <v>55</v>
       </c>
-      <c r="I12" s="1" t="s">
+      <c r="N12" s="2" t="s">
         <v>56</v>
       </c>
-      <c r="J12" s="1" t="s">
+      <c r="O12" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="K12" s="2" t="s">
+      <c r="P12" s="1" t="s">
         <v>58</v>
-      </c>
-[...13 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="13" spans="1:1024">
       <c r="A13" s="1" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D13" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="E13" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="F13" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="H13" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="I13" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="E13" s="1" t="s">
+      <c r="J13" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="F13" s="1" t="s">
+      <c r="K13" s="2" t="s">
         <v>68</v>
       </c>
-      <c r="G13" s="1" t="s">
+      <c r="L13" s="2" t="s">
         <v>69</v>
       </c>
-      <c r="H13" s="1"/>
-      <c r="I13" s="1" t="s">
+      <c r="M13" s="2" t="s">
         <v>70</v>
       </c>
-      <c r="J13" s="1" t="s">
-[...2 lines deleted...]
-      <c r="K13" s="2" t="s">
+      <c r="N13" s="2" t="s">
         <v>71</v>
       </c>
-      <c r="L13" s="2" t="s">
+      <c r="O13" s="1" t="s">
         <v>72</v>
       </c>
-      <c r="M13" s="2"/>
-      <c r="N13" s="2" t="s">
+      <c r="P13" s="1" t="s">
         <v>73</v>
-      </c>
-[...4 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="14" spans="1:1024">
       <c r="A14" s="1" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D14" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="E14" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="F14" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="H14" s="1" t="s">
         <v>78</v>
-      </c>
-[...10 lines deleted...]
-        <v>81</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="K14" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="L14" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="M14" s="2" t="s">
         <v>82</v>
       </c>
-      <c r="K14" s="2" t="s">
+      <c r="N14" s="2" t="s">
         <v>83</v>
       </c>
-      <c r="L14" s="2" t="s">
+      <c r="O14" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="M14" s="2" t="s">
+      <c r="P14" s="1" t="s">
         <v>85</v>
-      </c>
-[...7 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="15" spans="1:1024">
       <c r="A15" s="1" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D15" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="E15" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="F15" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="H15" s="1" t="s">
         <v>91</v>
-      </c>
-[...10 lines deleted...]
-        <v>94</v>
       </c>
       <c r="I15" s="1"/>
       <c r="J15" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="K15" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="L15" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="M15" s="2" t="s">
         <v>95</v>
       </c>
-      <c r="K15" s="2" t="s">
+      <c r="N15" s="2" t="s">
         <v>96</v>
       </c>
-      <c r="L15" s="2" t="s">
+      <c r="O15" s="1" t="s">
         <v>97</v>
       </c>
-      <c r="M15" s="2" t="s">
+      <c r="P15" s="1" t="s">
         <v>98</v>
-      </c>
-[...7 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="16" spans="1:1024">
       <c r="A16" s="1" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D16" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="E16" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="F16" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="G16" s="1" t="s">
         <v>103</v>
       </c>
-      <c r="E16" s="1" t="s">
+      <c r="H16" s="1" t="s">
         <v>104</v>
-      </c>
-[...7 lines deleted...]
-        <v>106</v>
       </c>
       <c r="I16" s="1"/>
       <c r="J16" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="K16" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="L16" s="2" t="s">
         <v>107</v>
       </c>
-      <c r="K16" s="2" t="s">
+      <c r="M16" s="2" t="s">
         <v>108</v>
       </c>
-      <c r="L16" s="2" t="s">
+      <c r="N16" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="O16" s="1" t="s">
         <v>109</v>
       </c>
-      <c r="M16" s="2" t="s">
+      <c r="P16" s="1" t="s">
         <v>110</v>
-      </c>
-[...7 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="17" spans="1:1024">
       <c r="A17" s="1" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D17" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="E17" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="F17" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="H17" s="1" t="s">
         <v>116</v>
       </c>
-      <c r="E17" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F17" s="1" t="s">
+      <c r="I17" s="1"/>
+      <c r="J17" s="1" t="s">
         <v>117</v>
       </c>
-      <c r="G17" s="1" t="s">
+      <c r="K17" s="2" t="s">
         <v>118</v>
       </c>
-      <c r="H17" s="1"/>
-      <c r="I17" s="1" t="s">
+      <c r="L17" s="2" t="s">
         <v>119</v>
       </c>
-      <c r="J17" s="1" t="s">
+      <c r="M17" s="2" t="s">
         <v>120</v>
       </c>
-      <c r="K17" s="2" t="s">
+      <c r="N17" s="2" t="s">
         <v>121</v>
       </c>
-      <c r="L17" s="2" t="s">
+      <c r="O17" s="1" t="s">
         <v>122</v>
       </c>
-      <c r="M17" s="2"/>
-      <c r="N17" s="2" t="s">
+      <c r="P17" s="1" t="s">
         <v>123</v>
-      </c>
-[...4 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="18" spans="1:1024">
       <c r="A18" s="1" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D18" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="E18" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="F18" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="G18" s="1" t="s">
         <v>128</v>
-      </c>
-[...5 lines deleted...]
-        <v>129</v>
       </c>
       <c r="H18" s="1"/>
       <c r="I18" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="J18" s="1" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>131</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>132</v>
       </c>
       <c r="M18" s="2"/>
       <c r="N18" s="2" t="s">
         <v>133</v>
       </c>
       <c r="O18" s="1" t="s">
         <v>134</v>
       </c>
       <c r="P18" s="1" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="19" spans="1:1024">
       <c r="A19" s="1" t="s">
         <v>136</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>137</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>138</v>
       </c>
       <c r="E19" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="F19" s="1"/>
+      <c r="G19" s="1" t="s">
         <v>139</v>
-      </c>
-[...4 lines deleted...]
-        <v>141</v>
       </c>
       <c r="H19" s="1"/>
       <c r="I19" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="J19" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="K19" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="L19" s="2" t="s">
         <v>142</v>
-      </c>
-[...7 lines deleted...]
-        <v>145</v>
       </c>
       <c r="M19" s="2"/>
       <c r="N19" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="O19" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="P19" s="1" t="s">
         <v>145</v>
-      </c>
-[...4 lines deleted...]
-        <v>147</v>
       </c>
     </row>
     <row r="20" spans="1:1024">
       <c r="A20" s="1" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D20" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="E20" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="F20" s="1" t="s">
         <v>150</v>
       </c>
-      <c r="E20" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G20" s="1" t="s">
-        <v>141</v>
-[...3 lines deleted...]
-      </c>
+        <v>151</v>
+      </c>
+      <c r="H20" s="1"/>
       <c r="I20" s="1" t="s">
-        <v>142</v>
+        <v>152</v>
       </c>
       <c r="J20" s="1" t="s">
-        <v>143</v>
+        <v>153</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>145</v>
-[...3 lines deleted...]
-      </c>
+        <v>155</v>
+      </c>
+      <c r="M20" s="2"/>
       <c r="N20" s="2" t="s">
-        <v>145</v>
+        <v>155</v>
       </c>
       <c r="O20" s="1" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="P20" s="1" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
     </row>
     <row r="21" spans="1:1024">
       <c r="A21" s="1" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="B21" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="E21" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="F21" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="H21" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="I21" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="J21" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="K21" s="2" t="s">
+        <v>161</v>
+      </c>
+      <c r="L21" s="2" t="s">
         <v>155</v>
       </c>
-      <c r="C21" s="1" t="s">
-[...18 lines deleted...]
-      <c r="J21" s="1" t="s">
+      <c r="M21" s="2" t="s">
+        <v>155</v>
+      </c>
+      <c r="N21" s="2" t="s">
+        <v>155</v>
+      </c>
+      <c r="O21" s="1" t="s">
         <v>162</v>
       </c>
-      <c r="K21" s="2" t="s">
+      <c r="P21" s="1" t="s">
         <v>163</v>
-      </c>
-[...13 lines deleted...]
-        <v>168</v>
       </c>
     </row>
     <row r="22" spans="1:1024">
       <c r="A22" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="E22" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="F22" s="1" t="s">
         <v>169</v>
       </c>
-      <c r="B22" s="1" t="s">
+      <c r="G22" s="1" t="s">
         <v>170</v>
       </c>
-      <c r="C22" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D22" s="1" t="s">
+      <c r="H22" s="1" t="s">
         <v>171</v>
       </c>
-      <c r="E22" s="1" t="s">
+      <c r="I22" s="1"/>
+      <c r="J22" s="1" t="s">
         <v>172</v>
       </c>
-      <c r="F22" s="1" t="s">
+      <c r="K22" s="2" t="s">
         <v>173</v>
       </c>
-      <c r="G22" s="1" t="s">
+      <c r="L22" s="2" t="s">
         <v>174</v>
       </c>
-      <c r="H22" s="1" t="s">
+      <c r="M22" s="2" t="s">
         <v>175</v>
       </c>
-      <c r="I22" s="1" t="s">
+      <c r="N22" s="2" t="s">
         <v>176</v>
       </c>
-      <c r="J22" s="1" t="s">
+      <c r="O22" s="1" t="s">
         <v>177</v>
       </c>
-      <c r="K22" s="2" t="s">
+      <c r="P22" s="1" t="s">
         <v>178</v>
-      </c>
-[...11 lines deleted...]
-        <v>182</v>
       </c>
     </row>
     <row r="23" spans="1:1024">
       <c r="A23" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="E23" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="F23" s="1" t="s">
         <v>183</v>
       </c>
-      <c r="B23" s="1" t="s">
+      <c r="G23" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="C23" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D23" s="1" t="s">
+      <c r="H23" s="1" t="s">
         <v>185</v>
       </c>
-      <c r="E23" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F23" s="1" t="s">
+      <c r="I23" s="1" t="s">
         <v>186</v>
       </c>
-      <c r="G23" s="1" t="s">
+      <c r="J23" s="1" t="s">
         <v>187</v>
       </c>
-      <c r="H23" s="1" t="s">
+      <c r="K23" s="2" t="s">
         <v>188</v>
       </c>
-      <c r="I23" s="1" t="s">
+      <c r="L23" s="2" t="s">
         <v>189</v>
       </c>
-      <c r="J23" s="1" t="s">
+      <c r="M23" s="2" t="s">
         <v>190</v>
       </c>
-      <c r="K23" s="2" t="s">
+      <c r="N23" s="2" t="s">
         <v>191</v>
-      </c>
-[...7 lines deleted...]
-        <v>194</v>
       </c>
       <c r="O23" s="1"/>
       <c r="P23" s="1" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
     </row>
     <row r="24" spans="1:1024">
       <c r="A24" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="E24" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="F24" s="1" t="s">
         <v>196</v>
       </c>
-      <c r="B24" s="1" t="s">
+      <c r="G24" s="1" t="s">
         <v>197</v>
       </c>
-      <c r="C24" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D24" s="1" t="s">
+      <c r="H24" s="1" t="s">
         <v>198</v>
       </c>
-      <c r="E24" s="1" t="s">
+      <c r="I24" s="1" t="s">
         <v>199</v>
       </c>
-      <c r="F24" s="1" t="s">
+      <c r="J24" s="1" t="s">
         <v>200</v>
       </c>
-      <c r="G24" s="1" t="s">
+      <c r="K24" s="2" t="s">
         <v>201</v>
       </c>
-      <c r="H24" s="1" t="s">
+      <c r="L24" s="2" t="s">
         <v>202</v>
       </c>
-      <c r="I24" s="1"/>
-[...3 lines deleted...]
-      <c r="K24" s="2" t="s">
+      <c r="M24" s="2" t="s">
         <v>203</v>
       </c>
-      <c r="L24" s="2" t="s">
+      <c r="N24" s="2" t="s">
         <v>204</v>
-      </c>
-[...4 lines deleted...]
-        <v>194</v>
       </c>
       <c r="O24" s="1"/>
       <c r="P24" s="1" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="25" spans="1:1024">
       <c r="A25" s="1" t="s">
         <v>206</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>207</v>
       </c>
       <c r="C25" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="D25" s="1" t="s">
         <v>208</v>
       </c>
-      <c r="D25" s="1" t="s">
+      <c r="E25" s="1" t="s">
         <v>209</v>
       </c>
-      <c r="E25" s="1" t="s">
+      <c r="F25" s="1" t="s">
         <v>210</v>
       </c>
-      <c r="F25" s="1" t="s">
+      <c r="G25" s="1" t="s">
         <v>211</v>
       </c>
-      <c r="G25" s="1" t="s">
-[...2 lines deleted...]
-      <c r="H25" s="1"/>
+      <c r="H25" s="1" t="s">
+        <v>212</v>
+      </c>
       <c r="I25" s="1"/>
       <c r="J25" s="1" t="s">
-        <v>177</v>
+        <v>67</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>212</v>
-[...2 lines deleted...]
-      <c r="M25" s="2"/>
+        <v>213</v>
+      </c>
+      <c r="L25" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="M25" s="2" t="s">
+        <v>214</v>
+      </c>
       <c r="N25" s="2" t="s">
-        <v>194</v>
+        <v>204</v>
       </c>
       <c r="O25" s="1"/>
       <c r="P25" s="1" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
     </row>
     <row r="26" spans="1:1024">
       <c r="A26" s="1" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>156</v>
+        <v>218</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>24</v>
+        <v>221</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>217</v>
-[...3 lines deleted...]
-      </c>
+        <v>184</v>
+      </c>
+      <c r="H26" s="1"/>
       <c r="I26" s="1"/>
       <c r="J26" s="1" t="s">
-        <v>28</v>
+        <v>187</v>
       </c>
       <c r="K26" s="2" t="s">
-        <v>219</v>
-[...6 lines deleted...]
-      </c>
+        <v>222</v>
+      </c>
+      <c r="L26" s="2"/>
+      <c r="M26" s="2"/>
       <c r="N26" s="2" t="s">
-        <v>194</v>
+        <v>204</v>
       </c>
       <c r="O26" s="1"/>
       <c r="P26" s="1" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="27" spans="1:1024">
       <c r="A27" s="1" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>156</v>
+        <v>166</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>24</v>
+        <v>49</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="H27" s="1" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="I27" s="1"/>
       <c r="J27" s="1" t="s">
-        <v>28</v>
+        <v>40</v>
       </c>
       <c r="K27" s="2" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="L27" s="2" t="s">
-        <v>220</v>
+        <v>230</v>
       </c>
       <c r="M27" s="2" t="s">
-        <v>221</v>
+        <v>231</v>
       </c>
       <c r="N27" s="2" t="s">
-        <v>194</v>
+        <v>204</v>
       </c>
       <c r="O27" s="1"/>
       <c r="P27" s="1" t="s">
-        <v>229</v>
+        <v>232</v>
+      </c>
+    </row>
+    <row r="28" spans="1:1024">
+      <c r="A28" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="E28" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="F28" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="H28" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="I28" s="1"/>
+      <c r="J28" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="K28" s="2" t="s">
+        <v>238</v>
+      </c>
+      <c r="L28" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="M28" s="2" t="s">
+        <v>231</v>
+      </c>
+      <c r="N28" s="2" t="s">
+        <v>204</v>
+      </c>
+      <c r="O28" s="1"/>
+      <c r="P28" s="1" t="s">
+        <v>239</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A9:P9"/>
   <mergeCells>
     <mergeCell ref="D1:E1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7875" right="0.7875" top="1.0527777777778" bottom="1.0527777777778" header="0.7875" footer="0.7875"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" firstPageNumber="1" useFirstPageNumber="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">