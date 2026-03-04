--- v0 (2026-02-03)
+++ v1 (2026-03-04)
@@ -16,209 +16,458 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="500" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Post-authorisation" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Post-authorisation'!$A$9:$AA$9</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1129">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1109">
   <si>
     <t>Content type:</t>
   </si>
   <si>
     <t>Medicine post-authorisation procedure</t>
   </si>
   <si>
     <t>Output automatically generated from content on www.ema.europa.eu on:</t>
   </si>
   <si>
-    <t>03/02/2026 - 06:00</t>
-[...26 lines deleted...]
-    <t>Species
+    <t>03/03/2026 - 18:00</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Category</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Name of medicine</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">EMA product number</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Active substance</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">International non-proprietary name (INN) / common name</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Therapeutic area (MeSH)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">ATC code (human)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">ATCvet code (veterinary)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Species
 (veterinary)</t>
-  </si>
-[...52 lines deleted...]
-    <t>Medicine post-authorisation procedure URL</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Accelerated assessment</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Additional monitoring</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Advanced therapy</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Biosimilar</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Conditional approval</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Exceptional circumstances</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Generic</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Orphan medicine</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">PRIME: priority medicine</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Marketing authorisation developer / applicant / holder</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Post-authorisation procedure status</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Post-authorisation opinion status</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Post-authorisation opinion date</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Withdrawal of application date</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Marketing authorisation date</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">First published date</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Last updated date</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Medicine post-authorisation procedure URL</t>
+    </r>
   </si>
   <si>
     <t>Human</t>
   </si>
   <si>
+    <t>Jorveza</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/004655</t>
+  </si>
+  <si>
+    <t>Budesonide</t>
+  </si>
+  <si>
+    <t>budesonide</t>
+  </si>
+  <si>
+    <t>Esophageal Diseases</t>
+  </si>
+  <si>
+    <t>A07EA06</t>
+  </si>
+  <si>
+    <t>Yes</t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>Dr. Falk Pharma GmbH</t>
+  </si>
+  <si>
+    <t>Opinion</t>
+  </si>
+  <si>
+    <t>Positive</t>
+  </si>
+  <si>
+    <t>26/02/2026</t>
+  </si>
+  <si>
+    <t>08/01/2018</t>
+  </si>
+  <si>
+    <t>27/02/2026</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/jorveza</t>
+  </si>
+  <si>
+    <t>Dupixent</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/004390</t>
+  </si>
+  <si>
+    <t>dupilumab</t>
+  </si>
+  <si>
+    <t>Dermatitis, Atopic;Prurigo;Esophageal Diseases;Asthma;Sinusitis</t>
+  </si>
+  <si>
+    <t>D11AH05</t>
+  </si>
+  <si>
+    <t>Sanofi Winthrop Industrie</t>
+  </si>
+  <si>
+    <t>26/09/2017</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/dupixent</t>
+  </si>
+  <si>
+    <t>Olumiant</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/004085</t>
+  </si>
+  <si>
+    <t>Baricitinib</t>
+  </si>
+  <si>
+    <t>baricitinib</t>
+  </si>
+  <si>
+    <t>Arthritis, Rheumatoid</t>
+  </si>
+  <si>
+    <t>L04AA37</t>
+  </si>
+  <si>
+    <t>Eli Lilly Nederland B.V.</t>
+  </si>
+  <si>
+    <t>13/02/2017</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/olumiant-0</t>
+  </si>
+  <si>
+    <t>Stelara</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/000958</t>
+  </si>
+  <si>
+    <t>ustekinumab</t>
+  </si>
+  <si>
+    <t>Psoriasis;Arthritis, Psoriatic;Crohn Disease;Colitis, Ulcerative</t>
+  </si>
+  <si>
+    <t>L04AC05</t>
+  </si>
+  <si>
+    <t>Janssen-Cilag International NV</t>
+  </si>
+  <si>
+    <t>15/01/2009</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/stelara</t>
+  </si>
+  <si>
+    <t>Scemblix</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/005605</t>
+  </si>
+  <si>
+    <t>asciminib hydrochloride</t>
+  </si>
+  <si>
+    <t>asciminib</t>
+  </si>
+  <si>
+    <t>Leukemia, Myelogenous, Chronic, BCR-ABL Positive</t>
+  </si>
+  <si>
+    <t>L01EA06</t>
+  </si>
+  <si>
+    <t>Novartis Europharm Limited</t>
+  </si>
+  <si>
+    <t>25/08/2022</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/scemblix</t>
+  </si>
+  <si>
+    <t>Keytruda</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/003820</t>
+  </si>
+  <si>
+    <t>pembrolizumab</t>
+  </si>
+  <si>
+    <t>Melanoma;Hodgkin Disease;Carcinoma, Renal Cell;Carcinoma, Non-Small-Cell Lung;Carcinoma, Transitional Cell;Squamous Cell Carcinoma of Head and Neck;Urologic Neoplasms;Endometrial Neoplasms</t>
+  </si>
+  <si>
+    <t>L01FF02</t>
+  </si>
+  <si>
+    <t>Merck Sharp &amp; Dohme B.V.</t>
+  </si>
+  <si>
+    <t>17/07/2015</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/keytruda-1</t>
+  </si>
+  <si>
+    <t>Veterinary</t>
+  </si>
+  <si>
+    <t>Suvaxyn PRRS MLV</t>
+  </si>
+  <si>
+    <t>EMEA/V/C/004276</t>
+  </si>
+  <si>
+    <t>modified live porcine respiratory and reproductive syndrome virus</t>
+  </si>
+  <si>
+    <t>porcine respiratory and reproductive syndrome virus, live</t>
+  </si>
+  <si>
+    <t>12/02/2026</t>
+  </si>
+  <si>
+    <t>13/02/2026</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/veterinary/variation/suvaxyn-prrs-mlv</t>
+  </si>
+  <si>
+    <t>Bluevac BTV (previously Bluevac BTV8)</t>
+  </si>
+  <si>
+    <t>EMEA/V/C/000156</t>
+  </si>
+  <si>
+    <t>bluetongue virus vaccine serotypes 1 or 4 or 8 [inactivated]</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/veterinary/variation/bluevac-btv-previously-bluevac-btv8</t>
+  </si>
+  <si>
     <t>Noxafil</t>
   </si>
   <si>
     <t>EMEA/H/C/000610</t>
   </si>
   <si>
     <t>posaconazole</t>
   </si>
   <si>
     <t>Candidiasis;Mycoses;Coccidioidomycosis;Aspergillosis</t>
   </si>
   <si>
     <t>J02AC04</t>
   </si>
   <si>
-    <t>No</t>
-[...1 lines deleted...]
-  <si>
     <t>Merck Sharp and Dohme B.V</t>
   </si>
   <si>
-    <t>Opinion</t>
-[...4 lines deleted...]
-  <si>
     <t>29/01/2026</t>
   </si>
   <si>
     <t>25/10/2005</t>
   </si>
   <si>
     <t>30/01/2026</t>
   </si>
   <si>
     <t>https://www.ema.europa.eu/en/medicines/human/variation/noxafil</t>
   </si>
   <si>
     <t>Kerendia</t>
   </si>
   <si>
     <t>EMEA/H/C/005200</t>
   </si>
   <si>
     <t>Finerenone</t>
   </si>
   <si>
     <t>finerenone</t>
   </si>
   <si>
     <t>Renal Insufficiency, Chronic;Diabetes Mellitus, Type 2</t>
   </si>
   <si>
     <t>C09</t>
   </si>
   <si>
-    <t>Yes</t>
-[...1 lines deleted...]
-  <si>
     <t>Bayer AG</t>
   </si>
   <si>
     <t>16/02/2022</t>
   </si>
   <si>
     <t>https://www.ema.europa.eu/en/medicines/human/variation/kerendia</t>
   </si>
   <si>
     <t>Eurneffy</t>
   </si>
   <si>
     <t>EMEA/H/C/006139</t>
   </si>
   <si>
     <t>epinephrine</t>
   </si>
   <si>
     <t>Anaphylaxis</t>
   </si>
   <si>
     <t>C01CA24</t>
   </si>
   <si>
     <t>ALK-Abelló A/S</t>
@@ -292,51 +541,51 @@
   <si>
     <t>L01FF10</t>
   </si>
   <si>
     <t>19/04/2024</t>
   </si>
   <si>
     <t>https://www.ema.europa.eu/en/medicines/human/variation/zynyz</t>
   </si>
   <si>
     <t>Efmody</t>
   </si>
   <si>
     <t>EMEA/H/C/005105</t>
   </si>
   <si>
     <t>hydrocortisone</t>
   </si>
   <si>
     <t>Adrenal Hyperplasia, Congenital</t>
   </si>
   <si>
     <t>H02AB09</t>
   </si>
   <si>
-    <t>Neurocrine Netherlands B.V.</t>
+    <t>Immedica Netherlands B.V.</t>
   </si>
   <si>
     <t>27/05/2021</t>
   </si>
   <si>
     <t>https://www.ema.europa.eu/en/medicines/human/variation/efmody</t>
   </si>
   <si>
     <t>Akeega</t>
   </si>
   <si>
     <t>EMEA/H/C/005932</t>
   </si>
   <si>
     <t>abiraterone acetate;niraparib (tosilate monohydrate)</t>
   </si>
   <si>
     <t>niraparib;abiraterone acetate</t>
   </si>
   <si>
     <t>Prostatic Neoplasms, Castration-Resistant</t>
   </si>
   <si>
     <t>L01</t>
   </si>
@@ -415,2751 +664,2496 @@
   <si>
     <t>Vfend</t>
   </si>
   <si>
     <t>EMEA/H/C/000387</t>
   </si>
   <si>
     <t>voriconazole</t>
   </si>
   <si>
     <t>Candidiasis;Mycoses;Aspergillosis</t>
   </si>
   <si>
     <t>J02AC03</t>
   </si>
   <si>
     <t>Pfizer Europe MA EEIG</t>
   </si>
   <si>
     <t>19/03/2002</t>
   </si>
   <si>
     <t>https://www.ema.europa.eu/en/medicines/human/variation/vfend</t>
   </si>
   <si>
-    <t>Arexvy</t>
-[...14 lines deleted...]
-    <t>J07</t>
+    <t>Winrevair</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/005647</t>
+  </si>
+  <si>
+    <t>sotatercept</t>
+  </si>
+  <si>
+    <t>Hypertension, Pulmonary</t>
+  </si>
+  <si>
+    <t>C02KX06</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/winrevair</t>
+  </si>
+  <si>
+    <t>Eylea</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/002392</t>
+  </si>
+  <si>
+    <t>aflibercept</t>
+  </si>
+  <si>
+    <t>Wet Macular Degeneration;Macular Edema;Diabetes Complications;Retinal Vein Occlusion;Choroidal Neovascularization</t>
+  </si>
+  <si>
+    <t>S01LA05</t>
+  </si>
+  <si>
+    <t>21/11/2012</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/eylea</t>
+  </si>
+  <si>
+    <t>Nucala</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/003860</t>
+  </si>
+  <si>
+    <t>Mepolizumab</t>
+  </si>
+  <si>
+    <t>mepolizumab</t>
+  </si>
+  <si>
+    <t>Asthma</t>
+  </si>
+  <si>
+    <t>R03DX09</t>
+  </si>
+  <si>
+    <t>GlaxoSmithKline Trading Services Limited</t>
+  </si>
+  <si>
+    <t>01/12/2015</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/nucala</t>
+  </si>
+  <si>
+    <t>Mounjaro</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/005620</t>
+  </si>
+  <si>
+    <t>tirzepatide</t>
+  </si>
+  <si>
+    <t>Diabetes Mellitus, Type 2;Obesity;Overweight</t>
+  </si>
+  <si>
+    <t>A10BX16</t>
+  </si>
+  <si>
+    <t>15/09/2022</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/mounjaro</t>
+  </si>
+  <si>
+    <t>Uplizna</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/005818</t>
+  </si>
+  <si>
+    <t>inebilizumab</t>
+  </si>
+  <si>
+    <t>Neuromyelitis Optica</t>
+  </si>
+  <si>
+    <t>L04AA</t>
+  </si>
+  <si>
+    <t>Amgen Europe B.V.</t>
+  </si>
+  <si>
+    <t>25/04/2022</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/uplizna</t>
+  </si>
+  <si>
+    <t>Brilique</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/001241</t>
+  </si>
+  <si>
+    <t>ticagrelor</t>
+  </si>
+  <si>
+    <t>Peripheral Vascular Diseases;Acute Coronary Syndrome</t>
+  </si>
+  <si>
+    <t>B01AC24</t>
+  </si>
+  <si>
+    <t>Application withdrawn</t>
+  </si>
+  <si>
+    <t>15/12/2021</t>
+  </si>
+  <si>
+    <t>03/12/2010</t>
+  </si>
+  <si>
+    <t>28/01/2022</t>
+  </si>
+  <si>
+    <t>27/11/2025</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/brilique-0</t>
+  </si>
+  <si>
+    <t>Vectra 3D</t>
+  </si>
+  <si>
+    <t>EMEA/V/C/002555</t>
+  </si>
+  <si>
+    <t>dinotefuran;pyriproxyfen;permethrin</t>
+  </si>
+  <si>
+    <t>dinotefuran, permethrin, and pyriproxyfen</t>
+  </si>
+  <si>
+    <t>27/11/2024</t>
+  </si>
+  <si>
+    <t>25/11/2025</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/veterinary/variation/vectra-3d</t>
+  </si>
+  <si>
+    <t>Xerava</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/004237</t>
+  </si>
+  <si>
+    <t>eravacycline</t>
+  </si>
+  <si>
+    <t>Infection;Bacterial Infections</t>
+  </si>
+  <si>
+    <t>J01AA13</t>
+  </si>
+  <si>
+    <t>PAION Pharma GmbH</t>
+  </si>
+  <si>
+    <t>13/11/2025</t>
+  </si>
+  <si>
+    <t>20/09/2018</t>
+  </si>
+  <si>
+    <t>14/11/2025</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/xerava</t>
+  </si>
+  <si>
+    <t>18/02/2025</t>
+  </si>
+  <si>
+    <t>28/02/2025</t>
+  </si>
+  <si>
+    <t>07/11/2025</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/dupixent-0</t>
+  </si>
+  <si>
+    <t>Pyrukynd</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/005540</t>
+  </si>
+  <si>
+    <t>mitapivat sulfate</t>
+  </si>
+  <si>
+    <t>mitapivat</t>
+  </si>
+  <si>
+    <t>Genetic Diseases, Inborn;Anemia, Hemolytic</t>
+  </si>
+  <si>
+    <t>B06AX04</t>
+  </si>
+  <si>
+    <t>Agios Netherlands B.V.</t>
+  </si>
+  <si>
+    <t>16/10/2025</t>
+  </si>
+  <si>
+    <t>09/11/2022</t>
+  </si>
+  <si>
+    <t>17/10/2025</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/pyrukynd</t>
+  </si>
+  <si>
+    <t>Sileo</t>
+  </si>
+  <si>
+    <t>EMEA/V/C/003764</t>
+  </si>
+  <si>
+    <t>Dexmedetomidine hydrochloride</t>
+  </si>
+  <si>
+    <t>dexmedetomidine</t>
+  </si>
+  <si>
+    <t>30/08/2022</t>
+  </si>
+  <si>
+    <t>03/10/2025</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/veterinary/variation/sileo</t>
+  </si>
+  <si>
+    <t>Remsima</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/002576</t>
+  </si>
+  <si>
+    <t>infliximab</t>
+  </si>
+  <si>
+    <t>Arthritis, Psoriatic;Spondylitis, Ankylosing;Colitis, Ulcerative;Psoriasis;Crohn Disease;Arthritis, Rheumatoid</t>
+  </si>
+  <si>
+    <t>L04AB02</t>
+  </si>
+  <si>
+    <t>Celltrion Healthcare Hungary Kft.</t>
+  </si>
+  <si>
+    <t>18/09/2025</t>
+  </si>
+  <si>
+    <t>10/09/2013</t>
+  </si>
+  <si>
+    <t>30/09/2025</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/remsima</t>
+  </si>
+  <si>
+    <t>Koselugo</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/005244</t>
+  </si>
+  <si>
+    <t>selumetinib sulfate</t>
+  </si>
+  <si>
+    <t>selumetinib</t>
+  </si>
+  <si>
+    <t>Neurofibromatosis 1</t>
+  </si>
+  <si>
+    <t>17/06/2021</t>
+  </si>
+  <si>
+    <t>19/09/2025</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/koselugo</t>
+  </si>
+  <si>
+    <t>Lutathera</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/004123</t>
+  </si>
+  <si>
+    <t>lutetium (177Lu) oxodotreotide</t>
+  </si>
+  <si>
+    <t>Neuroendocrine Tumors</t>
+  </si>
+  <si>
+    <t>V10XX04</t>
+  </si>
+  <si>
+    <t>Advanced Accelerator Applications</t>
+  </si>
+  <si>
+    <t>09/05/2025</t>
+  </si>
+  <si>
+    <t>23/05/2025</t>
+  </si>
+  <si>
+    <t>27/06/2025</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/lutathera</t>
+  </si>
+  <si>
+    <t>Inaqovi</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/005823</t>
+  </si>
+  <si>
+    <t>cedazuridine;decitabine</t>
+  </si>
+  <si>
+    <t>Leukemia, Myeloid</t>
+  </si>
+  <si>
+    <t>L01BC58</t>
+  </si>
+  <si>
+    <t>Otsuka Pharmaceutical Netherlands B.V.</t>
+  </si>
+  <si>
+    <t>06/11/2024</t>
+  </si>
+  <si>
+    <t>15/09/2023</t>
+  </si>
+  <si>
+    <t>15/11/2024</t>
+  </si>
+  <si>
+    <t>17/06/2025</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/inaqovi</t>
+  </si>
+  <si>
+    <t>Amyvid</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/002422</t>
+  </si>
+  <si>
+    <t>florbetapir (18F)</t>
+  </si>
+  <si>
+    <t>Radionuclide Imaging</t>
+  </si>
+  <si>
+    <t>V09AX05</t>
+  </si>
+  <si>
+    <t>26/02/2025</t>
+  </si>
+  <si>
+    <t>14/01/2013</t>
+  </si>
+  <si>
+    <t>28/03/2025</t>
+  </si>
+  <si>
+    <t>28/05/2025</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/amyvid</t>
+  </si>
+  <si>
+    <t>Ngenla</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/005633</t>
+  </si>
+  <si>
+    <t>somatrogon</t>
+  </si>
+  <si>
+    <t>Growth and Development</t>
+  </si>
+  <si>
+    <t>H01AC08</t>
+  </si>
+  <si>
+    <t>20/12/2024</t>
+  </si>
+  <si>
+    <t>14/02/2022</t>
+  </si>
+  <si>
+    <t>25/04/2025</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/ngenla</t>
+  </si>
+  <si>
+    <t>Bimervax</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/006058</t>
+  </si>
+  <si>
+    <t>SARS-CoV-2 virus recombinant spike (S) protein receptor binding domain (RBD) fusion dimer produced by recombinant DNA technology</t>
+  </si>
+  <si>
+    <t>COVID-19 Vaccine (recombinant, adjuvanted)</t>
+  </si>
+  <si>
+    <t>COVID-19 virus infection</t>
+  </si>
+  <si>
+    <t>J07BN</t>
+  </si>
+  <si>
+    <t>Hipra Human Health S.L.</t>
+  </si>
+  <si>
+    <t>05/02/2025</t>
+  </si>
+  <si>
+    <t>30/03/2023</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/bimervax</t>
+  </si>
+  <si>
+    <t>Sialanar</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/003883</t>
+  </si>
+  <si>
+    <t>glycopyrronium bromide</t>
+  </si>
+  <si>
+    <t>Sialorrhea</t>
+  </si>
+  <si>
+    <t>A03AB02</t>
+  </si>
+  <si>
+    <t>Proveca Pharma Limited</t>
+  </si>
+  <si>
+    <t>06/09/2024</t>
+  </si>
+  <si>
+    <t>15/09/2016</t>
+  </si>
+  <si>
+    <t>20/09/2024</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/sialanar</t>
+  </si>
+  <si>
+    <t>Tecentriq</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/004143</t>
+  </si>
+  <si>
+    <t>atezolizumab</t>
+  </si>
+  <si>
+    <t>Carcinoma, Transitional Cell;Carcinoma, Non-Small-Cell Lung;Urologic Neoplasms;Breast Neoplasms;Small Cell Lung Carcinoma</t>
+  </si>
+  <si>
+    <t>L01XC32</t>
+  </si>
+  <si>
+    <t>Roche Registration GmbH</t>
+  </si>
+  <si>
+    <t>19/09/2024</t>
+  </si>
+  <si>
+    <t>20/09/2017</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/tecentriq-2</t>
+  </si>
+  <si>
+    <t>Ontilyv</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/005782</t>
+  </si>
+  <si>
+    <t>opicapone</t>
+  </si>
+  <si>
+    <t>Parkinson Disease</t>
+  </si>
+  <si>
+    <t>N04;N04BX04</t>
+  </si>
+  <si>
+    <t>Bial Portela &amp; Companhia S.A.</t>
+  </si>
+  <si>
+    <t>12/03/2024</t>
+  </si>
+  <si>
+    <t>21/02/2022</t>
+  </si>
+  <si>
+    <t>22/03/2024</t>
+  </si>
+  <si>
+    <t>18/09/2024</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/ontilyv</t>
+  </si>
+  <si>
+    <t>Ongentys</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/002790</t>
+  </si>
+  <si>
+    <t>N04</t>
+  </si>
+  <si>
+    <t>Bial - Portela  Cª, S.A.</t>
+  </si>
+  <si>
+    <t>24/06/2016</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/ongentys</t>
+  </si>
+  <si>
+    <t>Adcetris</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/002455</t>
+  </si>
+  <si>
+    <t>Brentuximab vedotin</t>
+  </si>
+  <si>
+    <t>brentuximab vedotin</t>
+  </si>
+  <si>
+    <t>Lymphoma, Non-Hodgkin;Hodgkin Disease</t>
+  </si>
+  <si>
+    <t>L01FX05</t>
+  </si>
+  <si>
+    <t>Takeda Pharma A/S</t>
+  </si>
+  <si>
+    <t>23/02/2024</t>
+  </si>
+  <si>
+    <t>25/10/2012</t>
+  </si>
+  <si>
+    <t>18/07/2024</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/adcetris</t>
+  </si>
+  <si>
+    <t>Scenesse</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/002548</t>
+  </si>
+  <si>
+    <t>afamelanotide</t>
+  </si>
+  <si>
+    <t>Protoporphyria, Erythropoietic</t>
+  </si>
+  <si>
+    <t>D02BB02</t>
+  </si>
+  <si>
+    <t>Clinuvel Europe Limited</t>
+  </si>
+  <si>
+    <t>24/04/2024</t>
+  </si>
+  <si>
+    <t>22/12/2014</t>
+  </si>
+  <si>
+    <t>31/05/2024</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/scenesse</t>
+  </si>
+  <si>
+    <t>Orencia</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/000701</t>
+  </si>
+  <si>
+    <t>abatacept</t>
+  </si>
+  <si>
+    <t>Arthritis, Psoriatic;Arthritis, Juvenile Rheumatoid;Arthritis, Rheumatoid</t>
+  </si>
+  <si>
+    <t>L04AA24</t>
+  </si>
+  <si>
+    <t>19/02/2024</t>
+  </si>
+  <si>
+    <t>21/05/2007</t>
+  </si>
+  <si>
+    <t>30/04/2024</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/orencia</t>
+  </si>
+  <si>
+    <t>Reyataz</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/000494</t>
+  </si>
+  <si>
+    <t>atazanavir (as sulfate)</t>
+  </si>
+  <si>
+    <t>atazanavir sulfate</t>
+  </si>
+  <si>
+    <t>HIV Infections</t>
+  </si>
+  <si>
+    <t>J05AE08</t>
+  </si>
+  <si>
+    <t>25/04/2024</t>
+  </si>
+  <si>
+    <t>01/03/2004</t>
+  </si>
+  <si>
+    <t>26/04/2024</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/reyataz</t>
+  </si>
+  <si>
+    <t>11/08/2023</t>
+  </si>
+  <si>
+    <t>14/09/2023</t>
+  </si>
+  <si>
+    <t>30/11/2023</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/iclusig</t>
+  </si>
+  <si>
+    <t>Bylvay</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/004691</t>
+  </si>
+  <si>
+    <t>odevixibat</t>
+  </si>
+  <si>
+    <t>Cholestasis, Intrahepatic</t>
+  </si>
+  <si>
+    <t>A05AX</t>
+  </si>
+  <si>
+    <t>Ipsen Pharma</t>
+  </si>
+  <si>
+    <t>22/10/2023</t>
+  </si>
+  <si>
+    <t>16/07/2021</t>
+  </si>
+  <si>
+    <t>20/11/2023</t>
+  </si>
+  <si>
+    <t>23/11/2023</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/bylvay-0</t>
+  </si>
+  <si>
+    <t>Evkeeza</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/005449</t>
+  </si>
+  <si>
+    <t>Evinacumab</t>
+  </si>
+  <si>
+    <t>evinacumab</t>
+  </si>
+  <si>
+    <t>Hypercholesterolemia</t>
+  </si>
+  <si>
+    <t>C10AX</t>
+  </si>
+  <si>
+    <t>Ultragenyx Germany GmbH</t>
+  </si>
+  <si>
+    <t>09/11/2023</t>
+  </si>
+  <si>
+    <t>10/11/2023</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/evkeeza</t>
+  </si>
+  <si>
+    <t>RoActemra</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/000955</t>
+  </si>
+  <si>
+    <t>tocilizumab</t>
+  </si>
+  <si>
+    <t>Arthritis, Rheumatoid;Arthritis, Juvenile Rheumatoid;Cytokine Release Syndrome;Giant Cell Arteritis;COVID-19 virus infection</t>
+  </si>
+  <si>
+    <t>L04AC07</t>
+  </si>
+  <si>
+    <t>13/09/2023</t>
+  </si>
+  <si>
+    <t>16/01/2009</t>
+  </si>
+  <si>
+    <t>13/10/2023</t>
+  </si>
+  <si>
+    <t>07/11/2023</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/roactemra</t>
+  </si>
+  <si>
+    <t>Gazyvaro</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/002799</t>
+  </si>
+  <si>
+    <t>obinutuzumab</t>
+  </si>
+  <si>
+    <t>Leukemia, Lymphocytic, Chronic, B-Cell</t>
+  </si>
+  <si>
+    <t>L01FA03</t>
+  </si>
+  <si>
+    <t>04/07/2023</t>
+  </si>
+  <si>
+    <t>22/07/2014</t>
+  </si>
+  <si>
+    <t>21/07/2023</t>
+  </si>
+  <si>
+    <t>04/10/2023</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/gazyvaro</t>
+  </si>
+  <si>
+    <t>Buvidal</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/004651</t>
+  </si>
+  <si>
+    <t>buprenorphine</t>
+  </si>
+  <si>
+    <t>Opioid-Related Disorders</t>
+  </si>
+  <si>
+    <t>N07BC01</t>
+  </si>
+  <si>
+    <t>Camurus AB</t>
+  </si>
+  <si>
+    <t>13/02/2023</t>
+  </si>
+  <si>
+    <t>20/11/2018</t>
+  </si>
+  <si>
+    <t>24/02/2023</t>
+  </si>
+  <si>
+    <t>14/06/2023</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/buvidal</t>
+  </si>
+  <si>
+    <t>Ilaris</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/001109</t>
+  </si>
+  <si>
+    <t>Canakinumab</t>
+  </si>
+  <si>
+    <t>canakinumab</t>
+  </si>
+  <si>
+    <t>Cryopyrin-Associated Periodic Syndromes;Arthritis, Juvenile Rheumatoid;Arthritis, Gouty</t>
+  </si>
+  <si>
+    <t>L04AC08</t>
+  </si>
+  <si>
+    <t>26/10/2022</t>
+  </si>
+  <si>
+    <t>23/10/2009</t>
+  </si>
+  <si>
+    <t>11/11/2022</t>
+  </si>
+  <si>
+    <t>23/02/2023</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/ilaris</t>
+  </si>
+  <si>
+    <t>Gavreto</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/005413</t>
+  </si>
+  <si>
+    <t>pralsetinib</t>
+  </si>
+  <si>
+    <t>L01EX23</t>
+  </si>
+  <si>
+    <t>Blueprint Medicines (Netherlands) B.V.</t>
+  </si>
+  <si>
+    <t>03/11/2022</t>
+  </si>
+  <si>
+    <t>18/11/2021</t>
+  </si>
+  <si>
+    <t>02/02/2023</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/gavreto</t>
+  </si>
+  <si>
+    <t>07/12/2022</t>
+  </si>
+  <si>
+    <t>16/12/2022</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/olumiant</t>
+  </si>
+  <si>
+    <t>Imbruvica</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/003791</t>
+  </si>
+  <si>
+    <t>Ibrutinib</t>
+  </si>
+  <si>
+    <t>ibrutinib</t>
+  </si>
+  <si>
+    <t>Lymphoma, Mantle-Cell;Leukemia, Lymphocytic, Chronic, B-Cell</t>
+  </si>
+  <si>
+    <t>L01EL01</t>
+  </si>
+  <si>
+    <t>13/12/2022</t>
+  </si>
+  <si>
+    <t>21/10/2014</t>
+  </si>
+  <si>
+    <t>27/01/2023</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/imbruvica</t>
+  </si>
+  <si>
+    <t>Imcivree</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/005089</t>
+  </si>
+  <si>
+    <t>setmelanotide</t>
+  </si>
+  <si>
+    <t>Obesity</t>
+  </si>
+  <si>
+    <t>A08AA</t>
+  </si>
+  <si>
+    <t>Rhythm Pharmaceuticals Netherlands B.V.</t>
+  </si>
+  <si>
+    <t>22/04/2022</t>
+  </si>
+  <si>
+    <t>22/07/2022</t>
+  </si>
+  <si>
+    <t>28/09/2022</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/imcivree</t>
+  </si>
+  <si>
+    <t>Bravecto</t>
+  </si>
+  <si>
+    <t>EMEA/V/C/002526</t>
+  </si>
+  <si>
+    <t>fluralaner</t>
+  </si>
+  <si>
+    <t>03/08/2021</t>
+  </si>
+  <si>
+    <t>29/03/2022</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/veterinary/variation/bravecto</t>
+  </si>
+  <si>
+    <t>Tookad</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/004182</t>
+  </si>
+  <si>
+    <t>padeliporfin di-potassium</t>
+  </si>
+  <si>
+    <t>padeliporfin</t>
+  </si>
+  <si>
+    <t>Prostatic Neoplasms</t>
+  </si>
+  <si>
+    <t>L01XD07</t>
+  </si>
+  <si>
+    <t>STEBA Biotech S.A</t>
+  </si>
+  <si>
+    <t>14/12/2021</t>
+  </si>
+  <si>
+    <t>10/11/2017</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/tookad</t>
+  </si>
+  <si>
+    <t>Cervarix</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/000721</t>
+  </si>
+  <si>
+    <t>human papillomavirus1 type 16 L1 protein;human papillomavirus type 18 L1 protein</t>
+  </si>
+  <si>
+    <t>human papillomavirus vaccine [types 16, 18] (recombinant, adjuvanted, adsorbed)</t>
+  </si>
+  <si>
+    <t>Papillomavirus Infections;Uterine Cervical Dysplasia;Immunization</t>
+  </si>
+  <si>
+    <t>J07BM02</t>
   </si>
   <si>
     <t>GlaxoSmithKline Biologicals S.A.</t>
   </si>
   <si>
-    <t>06/06/2023</t>
-[...485 lines deleted...]
-    <t>B01AC04</t>
+    <t>22/10/2021</t>
+  </si>
+  <si>
+    <t>20/09/2007</t>
+  </si>
+  <si>
+    <t>12/11/2021</t>
+  </si>
+  <si>
+    <t>10/01/2022</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/cervarix</t>
+  </si>
+  <si>
+    <t>Aivlosin</t>
+  </si>
+  <si>
+    <t>EMEA/V/C/000083</t>
+  </si>
+  <si>
+    <t>tylvalosin</t>
+  </si>
+  <si>
+    <t>17/03/2021</t>
+  </si>
+  <si>
+    <t>07/12/2021</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/veterinary/variation/aivlosin-0</t>
+  </si>
+  <si>
+    <t>23/06/2021</t>
+  </si>
+  <si>
+    <t>23/07/2021</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/tecentriq-1</t>
+  </si>
+  <si>
+    <t>Esbriet</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/002154</t>
+  </si>
+  <si>
+    <t>Pirfenidone</t>
+  </si>
+  <si>
+    <t>pirfenidone</t>
+  </si>
+  <si>
+    <t>Idiopathic Pulmonary Fibrosis;Lung Diseases;Respiratory Tract Diseases</t>
+  </si>
+  <si>
+    <t>L04AX05</t>
+  </si>
+  <si>
+    <t>19/05/2021</t>
+  </si>
+  <si>
+    <t>27/02/2011</t>
+  </si>
+  <si>
+    <t>25/06/2021</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/esbriet</t>
+  </si>
+  <si>
+    <t>05/03/2021</t>
+  </si>
+  <si>
+    <t>26/03/2021</t>
+  </si>
+  <si>
+    <t>25/05/2021</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/brilique</t>
+  </si>
+  <si>
+    <t>08/01/2021</t>
+  </si>
+  <si>
+    <t>01/02/2021</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/tecentriq-0</t>
+  </si>
+  <si>
+    <t>Yervoy</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/002213</t>
+  </si>
+  <si>
+    <t>Ipilimumab</t>
+  </si>
+  <si>
+    <t>ipilimumab</t>
+  </si>
+  <si>
+    <t>Melanoma;Carcinoma, Renal Cell;Carcinoma, Non-Small-Cell Lung;Mesothelioma, Malignant;Colorectal Neoplasms</t>
+  </si>
+  <si>
+    <t>L01FX04</t>
+  </si>
+  <si>
+    <t>30/01/2020</t>
+  </si>
+  <si>
+    <t>13/07/2011</t>
+  </si>
+  <si>
+    <t>28/02/2020</t>
+  </si>
+  <si>
+    <t>23/04/2020</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/yervoy</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/opdivo-2</t>
+  </si>
+  <si>
+    <t>10/12/2019</t>
+  </si>
+  <si>
+    <t>31/01/2020</t>
+  </si>
+  <si>
+    <t>19/03/2020</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/keytruda-0</t>
+  </si>
+  <si>
+    <t>Axumin</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/004197</t>
+  </si>
+  <si>
+    <t>fluciclovine (18F)</t>
+  </si>
+  <si>
+    <t>Prostatic Neoplasms;Radionuclide Imaging</t>
+  </si>
+  <si>
+    <t>V09IX12</t>
+  </si>
+  <si>
+    <t>Blue Earth Diagnostics Ireland Ltd</t>
+  </si>
+  <si>
+    <t>11/02/2020</t>
+  </si>
+  <si>
+    <t>21/05/2017</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/axumin</t>
+  </si>
+  <si>
+    <t>Opsumit</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/002697</t>
+  </si>
+  <si>
+    <t>macitentan</t>
+  </si>
+  <si>
+    <t>C02KX04</t>
+  </si>
+  <si>
+    <t>Janssen-Cilag International N.V.  </t>
+  </si>
+  <si>
+    <t>08/11/2019</t>
+  </si>
+  <si>
+    <t>20/12/2013</t>
+  </si>
+  <si>
+    <t>15/11/2019</t>
+  </si>
+  <si>
+    <t>17/02/2020</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/opsumit</t>
+  </si>
+  <si>
+    <t>Coliprotec F4/F18</t>
+  </si>
+  <si>
+    <t>EMEA/V/C/004225</t>
+  </si>
+  <si>
+    <t>Live non-pathogenic Escherichia coli O141:K94 (F18ac) and O8:K87 (F4ac)</t>
+  </si>
+  <si>
+    <t>porcine post-weaning diarrhoea vaccine (live)</t>
+  </si>
+  <si>
+    <t>27/05/2019</t>
+  </si>
+  <si>
+    <t>18/09/2019</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/veterinary/variation/coliprotec-f4-f18</t>
+  </si>
+  <si>
+    <t>27/06/2018</t>
+  </si>
+  <si>
+    <t>27/07/2018</t>
+  </si>
+  <si>
+    <t>11/12/2018</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/opdivo-0</t>
+  </si>
+  <si>
+    <t>22/10/2018</t>
+  </si>
+  <si>
+    <t>16/11/2018</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/tecentriq</t>
+  </si>
+  <si>
+    <t>Sutent</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/000687</t>
+  </si>
+  <si>
+    <t>sunitinib</t>
+  </si>
+  <si>
+    <t>Gastrointestinal Stromal Tumors;Carcinoma, Renal Cell;Neuroendocrine Tumors</t>
+  </si>
+  <si>
+    <t>L01EX01</t>
+  </si>
+  <si>
+    <t>Pfizer Limited</t>
+  </si>
+  <si>
+    <t>26/06/2018</t>
+  </si>
+  <si>
+    <t>19/07/2006</t>
+  </si>
+  <si>
+    <t>17/08/2018</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/sutent</t>
+  </si>
+  <si>
+    <t>Qtern</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/004057</t>
+  </si>
+  <si>
+    <t>saxagliptin;dapagliflozin propanediol monohydrate</t>
+  </si>
+  <si>
+    <t>saxagliptin;dapagliflozin</t>
+  </si>
+  <si>
+    <t>Diabetes Mellitus, Type 2;Diabetes Mellitus;Nutritional and Metabolic Diseases;Metabolic Diseases;Glucose Metabolism Disorders</t>
+  </si>
+  <si>
+    <t>A10BD21</t>
+  </si>
+  <si>
+    <t>Astra Zeneca AB</t>
+  </si>
+  <si>
+    <t>03/04/2018</t>
+  </si>
+  <si>
+    <t>15/07/2016</t>
+  </si>
+  <si>
+    <t>27/04/2018</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/qtern</t>
+  </si>
+  <si>
+    <t>Aranesp</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/000332</t>
+  </si>
+  <si>
+    <t>darbepoetin alfa</t>
+  </si>
+  <si>
+    <t>Anemia;Cancer;Kidney Failure, Chronic</t>
+  </si>
+  <si>
+    <t>B03XA02</t>
+  </si>
+  <si>
+    <t>21/02/2018</t>
+  </si>
+  <si>
+    <t>08/06/2001</t>
+  </si>
+  <si>
+    <t>23/03/2018</t>
+  </si>
+  <si>
+    <t>24/04/2018</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/aranesp</t>
+  </si>
+  <si>
+    <t>Zydelig</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/003843</t>
+  </si>
+  <si>
+    <t>Idelalisib</t>
+  </si>
+  <si>
+    <t>idelalisib</t>
+  </si>
+  <si>
+    <t>Lymphoma, Non-Hodgkin;Leukemia, Lymphocytic, Chronic, B-Cell</t>
+  </si>
+  <si>
+    <t>L01XX47</t>
+  </si>
+  <si>
+    <t>Gilead Sciences Ireland UC</t>
+  </si>
+  <si>
+    <t>30/01/2018</t>
+  </si>
+  <si>
+    <t>18/09/2014</t>
+  </si>
+  <si>
+    <t>23/02/2018</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/zydelig</t>
+  </si>
+  <si>
+    <t>13/12/2017</t>
+  </si>
+  <si>
+    <t>26/01/2018</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/opdivo-1</t>
+  </si>
+  <si>
+    <t>20/07/2017</t>
+  </si>
+  <si>
+    <t>15/09/2017</t>
+  </si>
+  <si>
+    <t>06/12/2017</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/opdivo</t>
+  </si>
+  <si>
+    <t>11/10/2017</t>
+  </si>
+  <si>
+    <t>28/11/2017</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/keytruda</t>
+  </si>
+  <si>
+    <t>Xgeva</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/002173</t>
+  </si>
+  <si>
+    <t>denosumab</t>
+  </si>
+  <si>
+    <t>Giant Cell Tumor of Bone;Neoplasms, Bone Tissue</t>
+  </si>
+  <si>
+    <t>M05BX04</t>
+  </si>
+  <si>
+    <t>13/01/2017</t>
+  </si>
+  <si>
+    <t>27/01/2017</t>
+  </si>
+  <si>
+    <t>05/05/2017</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/xgeva</t>
+  </si>
+  <si>
+    <t>Translarna</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/002720</t>
+  </si>
+  <si>
+    <t>ataluren</t>
+  </si>
+  <si>
+    <t>Muscular Dystrophy, Duchenne</t>
+  </si>
+  <si>
+    <t>M09AX03</t>
+  </si>
+  <si>
+    <t>PTC Therapeutics International Limited</t>
+  </si>
+  <si>
+    <t>06/03/2017</t>
+  </si>
+  <si>
+    <t>31/07/2014</t>
+  </si>
+  <si>
+    <t>24/03/2017</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/translarna</t>
+  </si>
+  <si>
+    <t>Arzerra</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/001131</t>
+  </si>
+  <si>
+    <t>ofatumumab</t>
+  </si>
+  <si>
+    <t>L01XC10</t>
+  </si>
+  <si>
+    <t>Novartis Europharm Ltd</t>
+  </si>
+  <si>
+    <t>08/11/2016</t>
+  </si>
+  <si>
+    <t>19/04/2010</t>
+  </si>
+  <si>
+    <t>16/12/2016</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/arzerra</t>
+  </si>
+  <si>
+    <t>Adempas</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/002737</t>
+  </si>
+  <si>
+    <t>riociguat</t>
+  </si>
+  <si>
+    <t>C02KX05</t>
+  </si>
+  <si>
+    <t>11/08/2016</t>
+  </si>
+  <si>
+    <t>27/03/2014</t>
+  </si>
+  <si>
+    <t>16/09/2016</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/adempas</t>
+  </si>
+  <si>
+    <t>Rienso</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/002215</t>
+  </si>
+  <si>
+    <t>Ferumoxytol</t>
+  </si>
+  <si>
+    <t>ferumoxytol</t>
+  </si>
+  <si>
+    <t>Anemia;Kidney Failure, Chronic</t>
+  </si>
+  <si>
+    <t>B03</t>
+  </si>
+  <si>
+    <t>19/01/2015</t>
+  </si>
+  <si>
+    <t>15/06/2012</t>
+  </si>
+  <si>
+    <t>27/02/2015</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/rienso</t>
+  </si>
+  <si>
+    <t>Teysuno</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/001242</t>
+  </si>
+  <si>
+    <t>tegafur;gimeracil;oteracil</t>
+  </si>
+  <si>
+    <t>Stomach Neoplasms</t>
+  </si>
+  <si>
+    <t>L01BC53</t>
+  </si>
+  <si>
+    <t>Nordic Group B.V.</t>
+  </si>
+  <si>
+    <t>06/01/2015</t>
+  </si>
+  <si>
+    <t>14/03/2011</t>
+  </si>
+  <si>
+    <t>23/01/2015</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/teysuno</t>
+  </si>
+  <si>
+    <t>Somavert</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/000409</t>
+  </si>
+  <si>
+    <t>pegvisomant</t>
+  </si>
+  <si>
+    <t>Acromegaly</t>
+  </si>
+  <si>
+    <t>H01AX01</t>
+  </si>
+  <si>
+    <t>16/02/2012</t>
+  </si>
+  <si>
+    <t>12/11/2002</t>
+  </si>
+  <si>
+    <t>19/09/2014</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/somavert</t>
+  </si>
+  <si>
+    <t>06/01/2014</t>
+  </si>
+  <si>
+    <t>21/07/2014</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/veterinary/variation/aivlosin</t>
+  </si>
+  <si>
+    <t>Simponi</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/000992</t>
+  </si>
+  <si>
+    <t>golimumab</t>
+  </si>
+  <si>
+    <t>Arthritis, Psoriatic;Spondylitis, Ankylosing;Colitis, Ulcerative;Arthritis, Rheumatoid</t>
+  </si>
+  <si>
+    <t>L04AB06</t>
+  </si>
+  <si>
+    <t>Janssen Cilag International NV</t>
+  </si>
+  <si>
+    <t>12/05/2014</t>
+  </si>
+  <si>
+    <t>01/10/2009</t>
+  </si>
+  <si>
+    <t>15/07/2014</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/simponi</t>
+  </si>
+  <si>
+    <t>Osseor</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/000561</t>
+  </si>
+  <si>
+    <t>strontium ranelate</t>
+  </si>
+  <si>
+    <t>Osteoporosis, Postmenopausal</t>
+  </si>
+  <si>
+    <t>M05BX03</t>
+  </si>
+  <si>
+    <t>Les Laboratoires Servier</t>
+  </si>
+  <si>
+    <t>21/03/2014</t>
+  </si>
+  <si>
+    <t>20/09/2004</t>
+  </si>
+  <si>
+    <t>23/05/2014</t>
+  </si>
+  <si>
+    <t>01/07/2014</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/osseor</t>
+  </si>
+  <si>
+    <t>Protelos</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/000560</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/protelos</t>
+  </si>
+  <si>
+    <t>Tasigna</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/000798</t>
+  </si>
+  <si>
+    <t>nilotinib</t>
+  </si>
+  <si>
+    <t>L01EA03</t>
+  </si>
+  <si>
+    <t>21/05/2014</t>
+  </si>
+  <si>
+    <t>19/11/2007</t>
+  </si>
+  <si>
+    <t>27/06/2014</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/tasigna</t>
+  </si>
+  <si>
+    <t>Votrient</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/001141</t>
+  </si>
+  <si>
+    <t>pazopanib</t>
+  </si>
+  <si>
+    <t>Carcinoma, Renal Cell</t>
+  </si>
+  <si>
+    <t>L01XE11</t>
+  </si>
+  <si>
+    <t>14/06/2010</t>
+  </si>
+  <si>
+    <t>25/04/2014</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/votrient</t>
+  </si>
+  <si>
+    <t>Firazyr</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/000899</t>
+  </si>
+  <si>
+    <t>icatibant</t>
+  </si>
+  <si>
+    <t>Angioedemas, Hereditary</t>
+  </si>
+  <si>
+    <t>B06AC02</t>
+  </si>
+  <si>
+    <t>Takeda Pharmaceuticals International AG</t>
+  </si>
+  <si>
+    <t>14/02/2014</t>
+  </si>
+  <si>
+    <t>11/07/2008</t>
+  </si>
+  <si>
+    <t>21/02/2014</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/firazyr</t>
+  </si>
+  <si>
+    <t>Prometax</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/000255</t>
+  </si>
+  <si>
+    <t>rivastigmine</t>
+  </si>
+  <si>
+    <t>Alzheimer Disease;Parkinson Disease;Dementia</t>
+  </si>
+  <si>
+    <t>N06DA03</t>
+  </si>
+  <si>
+    <t>Almirall, S.A.</t>
+  </si>
+  <si>
+    <t>21/11/2013</t>
+  </si>
+  <si>
+    <t>04/12/1998</t>
+  </si>
+  <si>
+    <t>18/02/2014</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/prometax</t>
+  </si>
+  <si>
+    <t>Exelon</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/000169</t>
+  </si>
+  <si>
+    <t>Dementia;Alzheimer Disease;Parkinson Disease</t>
+  </si>
+  <si>
+    <t>11/05/1998</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/exelon-0</t>
+  </si>
+  <si>
+    <t>Ceprotin</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/000334</t>
+  </si>
+  <si>
+    <t>human protein C</t>
+  </si>
+  <si>
+    <t>Purpura Fulminans;Protein C Deficiency</t>
+  </si>
+  <si>
+    <t>B01AD12</t>
+  </si>
+  <si>
+    <t>Takeda Manufacturing Austria AG</t>
+  </si>
+  <si>
+    <t>22/10/2014</t>
+  </si>
+  <si>
+    <t>16/07/2001</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/ceprotin</t>
+  </si>
+  <si>
+    <t>Effentora</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/000833</t>
+  </si>
+  <si>
+    <t>fentanyl</t>
+  </si>
+  <si>
+    <t>Pain;Cancer</t>
+  </si>
+  <si>
+    <t>N02AB03</t>
+  </si>
+  <si>
+    <t>Phoenix Labs Unlimited Company</t>
+  </si>
+  <si>
+    <t>11/07/2013</t>
+  </si>
+  <si>
+    <t>04/04/2008</t>
+  </si>
+  <si>
+    <t>26/07/2013</t>
+  </si>
+  <si>
+    <t>29/08/2013</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/effentora</t>
+  </si>
+  <si>
+    <t>Eviplera</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/002312</t>
+  </si>
+  <si>
+    <t>emtricitabine;rilpivirine hydrochloride;tenofovir disoproxil fumarate</t>
+  </si>
+  <si>
+    <t>emtricitabine;rilpivirine;tenofovir disoproxil</t>
+  </si>
+  <si>
+    <t>J05AR08</t>
+  </si>
+  <si>
+    <t>Gilead Sciences International Ltd </t>
+  </si>
+  <si>
+    <t>16/07/2013</t>
+  </si>
+  <si>
+    <t>27/11/2011</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/eviplera</t>
+  </si>
+  <si>
+    <t>Tysabri</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/000603</t>
+  </si>
+  <si>
+    <t>natalizumab</t>
+  </si>
+  <si>
+    <t>Multiple Sclerosis</t>
+  </si>
+  <si>
+    <t>L04AG03</t>
+  </si>
+  <si>
+    <t>Biogen Netherlands B.V.</t>
+  </si>
+  <si>
+    <t>14/05/2013</t>
+  </si>
+  <si>
+    <t>27/06/2006</t>
+  </si>
+  <si>
+    <t>31/05/2013</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/tysabri</t>
+  </si>
+  <si>
+    <t>Zolvix</t>
+  </si>
+  <si>
+    <t>EMEA/V/C/000154</t>
+  </si>
+  <si>
+    <t>monepantel</t>
+  </si>
+  <si>
+    <t>19/10/2012</t>
+  </si>
+  <si>
+    <t>25/01/2013</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/veterinary/variation/zolvix</t>
+  </si>
+  <si>
+    <t>Erbitux</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/000558</t>
+  </si>
+  <si>
+    <t>cetuximab</t>
+  </si>
+  <si>
+    <t>Head and Neck Neoplasms;Colorectal Neoplasms</t>
+  </si>
+  <si>
+    <t>L01FE01</t>
+  </si>
+  <si>
+    <t>Merck Europe B.V. </t>
+  </si>
+  <si>
+    <t>17/09/2012</t>
+  </si>
+  <si>
+    <t>29/06/2004</t>
+  </si>
+  <si>
+    <t>12/10/2012</t>
+  </si>
+  <si>
+    <t>22/11/2012</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/erbitux</t>
+  </si>
+  <si>
+    <t>Velcade</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/000539</t>
+  </si>
+  <si>
+    <t>bortezomib</t>
+  </si>
+  <si>
+    <t>Multiple Myeloma</t>
+  </si>
+  <si>
+    <t>L01XG01</t>
+  </si>
+  <si>
+    <t>02/07/2012</t>
+  </si>
+  <si>
+    <t>26/04/2004</t>
+  </si>
+  <si>
+    <t>31/07/2012</t>
+  </si>
+  <si>
+    <t>30/08/2012</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/velcade</t>
+  </si>
+  <si>
+    <t>Revlimid</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/000717</t>
+  </si>
+  <si>
+    <t>lenalidomide</t>
+  </si>
+  <si>
+    <t>Multiple Myeloma;Lymphoma, Mantle-Cell;Myelodysplastic Syndromes</t>
+  </si>
+  <si>
+    <t>L04AX04</t>
+  </si>
+  <si>
+    <t>20/06/2012</t>
+  </si>
+  <si>
+    <t>14/06/2007</t>
+  </si>
+  <si>
+    <t>06/07/2012</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/revlimid</t>
+  </si>
+  <si>
+    <t>Draxxin</t>
+  </si>
+  <si>
+    <t>EMEA/V/C/000077</t>
+  </si>
+  <si>
+    <t>tulathromycin</t>
+  </si>
+  <si>
+    <t>11/05/2012</t>
+  </si>
+  <si>
+    <t>04/07/2012</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/veterinary/variation/draxxin</t>
+  </si>
+  <si>
+    <t>14/03/2012</t>
+  </si>
+  <si>
+    <t>19/04/2012</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/prometax-0</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/exelon</t>
+  </si>
+  <si>
+    <t>Qutenza</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/000909</t>
+  </si>
+  <si>
+    <t>capsaicin</t>
+  </si>
+  <si>
+    <t>Neuralgia</t>
+  </si>
+  <si>
+    <t>N01BX04</t>
+  </si>
+  <si>
+    <t>Grunenthal GmbH</t>
+  </si>
+  <si>
+    <t>15/05/2009</t>
+  </si>
+  <si>
+    <t>16/04/2012</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/qutenza</t>
+  </si>
+  <si>
+    <t>Tyverb</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/000795</t>
+  </si>
+  <si>
+    <t>lapatinib</t>
+  </si>
+  <si>
+    <t>Breast Neoplasms</t>
+  </si>
+  <si>
+    <t>L01EH01</t>
+  </si>
+  <si>
+    <t>15/02/2012</t>
+  </si>
+  <si>
+    <t>10/06/2008</t>
+  </si>
+  <si>
+    <t>16/03/2012</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/tyverb</t>
+  </si>
+  <si>
+    <t>Macugen</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/000620</t>
+  </si>
+  <si>
+    <t>pegaptanib</t>
+  </si>
+  <si>
+    <t>Wet Macular Degeneration</t>
+  </si>
+  <si>
+    <t>S01LA03</t>
+  </si>
+  <si>
+    <t>PharmaSwiss Ceska Republika s.r.o</t>
+  </si>
+  <si>
+    <t>15/07/2011</t>
+  </si>
+  <si>
+    <t>31/01/2006</t>
+  </si>
+  <si>
+    <t>27/07/2011</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/macugen</t>
+  </si>
+  <si>
+    <t>Zometa</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/000336</t>
+  </si>
+  <si>
+    <t>zoledronic acid;zoledronic acid monohydrate</t>
+  </si>
+  <si>
+    <t>zoledronic acid</t>
+  </si>
+  <si>
+    <t>Cancer;Fractures, Bone</t>
+  </si>
+  <si>
+    <t>M05BA08</t>
+  </si>
+  <si>
+    <t>14/12/2010</t>
+  </si>
+  <si>
+    <t>20/03/2001</t>
+  </si>
+  <si>
+    <t>25/01/2011</t>
+  </si>
+  <si>
+    <t>01/01/2011</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/zometa-0</t>
+  </si>
+  <si>
+    <t>Intrinsa</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/000634</t>
+  </si>
+  <si>
+    <t>testosterone</t>
+  </si>
+  <si>
+    <t>Sexual Dysfunctions, Psychological</t>
+  </si>
+  <si>
+    <t>G03BA03</t>
+  </si>
+  <si>
+    <t>Warner Chilcott UK Ltd.</t>
+  </si>
+  <si>
+    <t>29/09/2010</t>
+  </si>
+  <si>
+    <t>28/07/2006</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/intrinsa</t>
+  </si>
+  <si>
+    <t>Naxcel</t>
+  </si>
+  <si>
+    <t>EMEA/V/C/000079</t>
+  </si>
+  <si>
+    <t>ceftiofur</t>
+  </si>
+  <si>
+    <t>04/02/2010</t>
+  </si>
+  <si>
+    <t>23/06/2010</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/veterinary/variation/naxcel</t>
+  </si>
+  <si>
+    <t>Abilify</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/000471</t>
+  </si>
+  <si>
+    <t>aripiprazole</t>
+  </si>
+  <si>
+    <t>Schizophrenia;Bipolar Disorder</t>
+  </si>
+  <si>
+    <t>N05AX12</t>
+  </si>
+  <si>
+    <t>17/11/2009</t>
+  </si>
+  <si>
+    <t>04/06/2004</t>
+  </si>
+  <si>
+    <t>19/11/2009</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/abilify</t>
+  </si>
+  <si>
+    <t>Stalevo</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/000511</t>
+  </si>
+  <si>
+    <t>levodopa;carbidopa;entacapone</t>
+  </si>
+  <si>
+    <t>N04BA03</t>
+  </si>
+  <si>
+    <t>Orion Corporation</t>
+  </si>
+  <si>
+    <t>06/03/2009</t>
+  </si>
+  <si>
+    <t>17/10/2003</t>
+  </si>
+  <si>
+    <t>10/03/2009</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/stalevo</t>
+  </si>
+  <si>
+    <t>Zubrin</t>
+  </si>
+  <si>
+    <t>EMEA/V/C/000057</t>
+  </si>
+  <si>
+    <t>tepoxalin</t>
+  </si>
+  <si>
+    <t>QM01AE92</t>
+  </si>
+  <si>
+    <t>Dogs</t>
+  </si>
+  <si>
+    <t>Intervet International BV</t>
+  </si>
+  <si>
+    <t>03/10/2008</t>
+  </si>
+  <si>
+    <t>13/03/2001</t>
+  </si>
+  <si>
+    <t>24/02/2009</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/veterinary/variation/zubrin</t>
+  </si>
+  <si>
+    <t>Invega</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/000746</t>
+  </si>
+  <si>
+    <t>paliperidone</t>
+  </si>
+  <si>
+    <t>Schizophrenia;Psychotic Disorders</t>
+  </si>
+  <si>
+    <t>N05AX13</t>
+  </si>
+  <si>
+    <t>15/12/2008</t>
+  </si>
+  <si>
+    <t>24/06/2007</t>
+  </si>
+  <si>
+    <t>17/12/2008</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/invega</t>
+  </si>
+  <si>
+    <t>Viagra</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/000202</t>
+  </si>
+  <si>
+    <t>sildenafil</t>
+  </si>
+  <si>
+    <t>Erectile Dysfunction</t>
+  </si>
+  <si>
+    <t>G04BE03</t>
+  </si>
+  <si>
+    <t>Upjohn EESV</t>
+  </si>
+  <si>
+    <t>19/11/2008</t>
+  </si>
+  <si>
+    <t>13/09/1998</t>
+  </si>
+  <si>
+    <t>20/11/2008</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/viagra</t>
+  </si>
+  <si>
+    <t>Taxotere</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/000073</t>
+  </si>
+  <si>
+    <t>docetaxel</t>
+  </si>
+  <si>
+    <t>Head and Neck Neoplasms;Carcinoma, Non-Small-Cell Lung;Adenocarcinoma;Prostatic Neoplasms;Stomach Neoplasms;Breast Neoplasms</t>
+  </si>
+  <si>
+    <t>L01CD02</t>
+  </si>
+  <si>
+    <t>14/11/2008</t>
+  </si>
+  <si>
+    <t>27/11/1995</t>
+  </si>
+  <si>
+    <t>17/11/2008</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/variation/taxotere</t>
+  </si>
+  <si>
+    <t>Docetaxel Zentiva (previously Docetaxel Winthrop)</t>
+  </si>
+  <si>
+    <t>EMEA/H/C/000808</t>
   </si>
   <si>
     <t>Zentiva k.s.</t>
-  </si>
-[...2188 lines deleted...]
-    <t>EMEA/H/C/000808</t>
   </si>
   <si>
     <t>20/04/2007</t>
   </si>
   <si>
     <t>https://www.ema.europa.eu/en/medicines/human/variation/docetaxel-zentiva-previously-docetaxel-winthrop</t>
   </si>
   <si>
     <t>Tygacil</t>
   </si>
   <si>
     <t>EMEA/H/C/000644</t>
   </si>
   <si>
     <t>tigecycline</t>
   </si>
   <si>
     <t>Bacterial Infections;Skin Diseases, Bacterial;Soft Tissue Infections</t>
   </si>
   <si>
     <t>J01AA12</t>
   </si>
   <si>
     <t>22/04/2008</t>
   </si>
@@ -3471,119 +3465,87 @@
       <sz val="9"/>
       <color rgb="FF003399"/>
       <name val="Verdana"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="19">
-[...1 lines deleted...]
-      <protection locked="true" hidden="false"/>
+  <cellXfs count="17">
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
+    <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
+    <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+      <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
-      <protection locked="true" hidden="false"/>
+    <xf xfId="0" fontId="1" numFmtId="164" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
+    <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
+    <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+      <alignment vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="true">
+    <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+      <alignment vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+      <alignment vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+      <alignment vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="1" numFmtId="164" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
+      <alignment vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
-      <protection locked="true" hidden="false"/>
     </xf>
-    <xf xfId="0" fontId="1" numFmtId="164" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
-      <protection locked="true" hidden="false"/>
+    <xf xfId="0" fontId="1" numFmtId="164" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
+    <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
+    <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="true">
-[...1 lines deleted...]
-      <protection locked="true" hidden="false"/>
+    <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="true">
-[...39 lines deleted...]
-    <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="true">
+    <xf xfId="0" fontId="2" numFmtId="164" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
-      <protection locked="true" hidden="false"/>
-[...7 lines deleted...]
-      <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f21057dd3a848317c5c243fd09025ea7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>19050</xdr:colOff>
       <xdr:row>1</xdr:row>
@@ -3675,86 +3637,84 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -3894,51 +3854,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AMJ141"/>
+  <dimension ref="A1:AMJ140"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1" topLeftCell="A1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="11.43359375" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="1"/>
     <col min="2" max="2" width="16" customWidth="true" style="1"/>
     <col min="3" max="3" width="26.81" customWidth="true" style="1"/>
     <col min="4" max="4" width="16" customWidth="true" style="2"/>
     <col min="5" max="5" width="33.41" customWidth="true" style="1"/>
     <col min="6" max="6" width="17.59" customWidth="true" style="1"/>
     <col min="7" max="7" width="16" customWidth="true" style="1"/>
     <col min="8" max="8" width="16" customWidth="true" style="1"/>
     <col min="9" max="9" width="16" customWidth="true" style="1"/>
     <col min="10" max="10" width="16.14" customWidth="true" style="1"/>
     <col min="11" max="11" width="16.41" customWidth="true" style="1"/>
     <col min="12" max="12" width="16" customWidth="true" style="1"/>
     <col min="13" max="13" width="16" customWidth="true" style="1"/>
     <col min="14" max="14" width="19.85" customWidth="true" style="1"/>
     <col min="15" max="15" width="15.42" customWidth="true" style="1"/>
     <col min="16" max="16" width="16" customWidth="true" style="1"/>
     <col min="17" max="17" width="16" customWidth="true" style="3"/>
     <col min="18" max="18" width="16" customWidth="true" style="3"/>
@@ -4928,10005 +4888,10040 @@
     <col min="1002" max="1002" width="11.42" customWidth="true" style="1"/>
     <col min="1003" max="1003" width="11.42" customWidth="true" style="1"/>
     <col min="1004" max="1004" width="11.42" customWidth="true" style="1"/>
     <col min="1005" max="1005" width="11.42" customWidth="true" style="1"/>
     <col min="1006" max="1006" width="11.42" customWidth="true" style="1"/>
     <col min="1007" max="1007" width="11.42" customWidth="true" style="1"/>
     <col min="1008" max="1008" width="11.42" customWidth="true" style="1"/>
     <col min="1009" max="1009" width="11.42" customWidth="true" style="1"/>
     <col min="1010" max="1010" width="8.86" customWidth="true" style="1"/>
     <col min="1011" max="1011" width="8.86" customWidth="true" style="1"/>
     <col min="1012" max="1012" width="8.86" customWidth="true" style="1"/>
     <col min="1013" max="1013" width="8.86" customWidth="true" style="1"/>
     <col min="1014" max="1014" width="8.86" customWidth="true" style="1"/>
     <col min="1015" max="1015" width="8.86" customWidth="true" style="1"/>
     <col min="1016" max="1016" width="8.86" customWidth="true" style="1"/>
     <col min="1017" max="1017" width="8.86" customWidth="true" style="1"/>
     <col min="1018" max="1018" width="8.86" customWidth="true" style="1"/>
     <col min="1019" max="1019" width="8.86" customWidth="true" style="1"/>
     <col min="1020" max="1020" width="8.86" customWidth="true" style="1"/>
     <col min="1021" max="1021" width="8.86" customWidth="true" style="1"/>
     <col min="1022" max="1022" width="8.86" customWidth="true" style="1"/>
     <col min="1023" max="1023" width="8.86" customWidth="true" style="1"/>
     <col min="1024" max="1024" width="8.86" customWidth="true" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:1024" customHeight="1" ht="47.25" s="7" customFormat="1">
-      <c r="A1" s="4" t="s">
+    <row r="1" spans="1:1024" customHeight="1" ht="47.25" s="4" customFormat="1">
+      <c r="A1" s="5" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="5" t="s">
+      <c r="B1" s="6" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="6" t="s">
+      <c r="C1" s="7" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="5" t="s">
+      <c r="D1" s="6" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="8"/>
-      <c r="G1" s="8"/>
-[...14 lines deleted...]
-      <c r="Y1" s="9"/>
+      <c r="H1" s="8"/>
+      <c r="I1" s="8"/>
+      <c r="L1" s="8"/>
+      <c r="M1" s="8"/>
+      <c r="N1" s="8"/>
+      <c r="P1" s="8"/>
+      <c r="Q1" s="9"/>
+      <c r="R1" s="9"/>
+      <c r="S1" s="8"/>
+      <c r="T1" s="8"/>
+      <c r="U1" s="8"/>
+      <c r="V1" s="9"/>
+      <c r="W1" s="9"/>
+      <c r="X1" s="8"/>
+      <c r="Y1" s="8"/>
     </row>
-    <row r="2" spans="1:1024" customHeight="1" ht="12.75" s="7" customFormat="1">
-[...8 lines deleted...]
-      <c r="W2" s="13"/>
+    <row r="2" spans="1:1024" customHeight="1" ht="12.75" s="4" customFormat="1">
+      <c r="A2" s="4"/>
+      <c r="D2" s="10"/>
+      <c r="L2" s="10"/>
+      <c r="Q2" s="11"/>
+      <c r="R2" s="11"/>
+      <c r="V2" s="11"/>
+      <c r="W2" s="11"/>
     </row>
-    <row r="3" spans="1:1024" customHeight="1" ht="12.75" s="7" customFormat="1">
-[...7 lines deleted...]
-      <c r="W3" s="13"/>
+    <row r="3" spans="1:1024" customHeight="1" ht="12.75" s="4" customFormat="1">
+      <c r="D3" s="10"/>
+      <c r="L3" s="12"/>
+      <c r="Q3" s="11"/>
+      <c r="R3" s="11"/>
+      <c r="V3" s="11"/>
+      <c r="W3" s="11"/>
     </row>
-    <row r="4" spans="1:1024" customHeight="1" ht="12.75" s="7" customFormat="1">
-[...7 lines deleted...]
-      <c r="W4" s="13"/>
+    <row r="4" spans="1:1024" customHeight="1" ht="12.75" s="4" customFormat="1">
+      <c r="D4" s="10"/>
+      <c r="L4" s="12"/>
+      <c r="Q4" s="11"/>
+      <c r="R4" s="11"/>
+      <c r="V4" s="11"/>
+      <c r="W4" s="11"/>
     </row>
-    <row r="5" spans="1:1024" customHeight="1" ht="12.75" s="7" customFormat="1">
-[...7 lines deleted...]
-      <c r="W5" s="13"/>
+    <row r="5" spans="1:1024" customHeight="1" ht="12.75" s="4" customFormat="1">
+      <c r="D5" s="10"/>
+      <c r="L5" s="4"/>
+      <c r="Q5" s="11"/>
+      <c r="R5" s="11"/>
+      <c r="V5" s="11"/>
+      <c r="W5" s="11"/>
     </row>
-    <row r="6" spans="1:1024" customHeight="1" ht="12.75" s="7" customFormat="1">
-[...7 lines deleted...]
-      <c r="W6" s="13"/>
+    <row r="6" spans="1:1024" customHeight="1" ht="12.75" s="4" customFormat="1">
+      <c r="D6" s="10"/>
+      <c r="L6" s="4"/>
+      <c r="Q6" s="11"/>
+      <c r="R6" s="11"/>
+      <c r="V6" s="11"/>
+      <c r="W6" s="11"/>
     </row>
-    <row r="7" spans="1:1024" customHeight="1" ht="12.75" s="7" customFormat="1">
-[...7 lines deleted...]
-      <c r="W7" s="13"/>
+    <row r="7" spans="1:1024" customHeight="1" ht="12.75" s="4" customFormat="1">
+      <c r="D7" s="10"/>
+      <c r="L7" s="4"/>
+      <c r="Q7" s="11"/>
+      <c r="R7" s="11"/>
+      <c r="V7" s="11"/>
+      <c r="W7" s="11"/>
     </row>
-    <row r="8" spans="1:1024" customHeight="1" ht="12.75" s="7" customFormat="1">
-[...4 lines deleted...]
-      <c r="W8" s="13"/>
+    <row r="8" spans="1:1024" customHeight="1" ht="12.75" s="4" customFormat="1">
+      <c r="D8" s="10"/>
+      <c r="Q8" s="11"/>
+      <c r="R8" s="11"/>
+      <c r="V8" s="11"/>
+      <c r="W8" s="11"/>
     </row>
-    <row r="9" spans="1:1024" customHeight="1" ht="55.5">
-[...79 lines deleted...]
-        <v>30</v>
+    <row r="9" spans="1:1024" customHeight="1" ht="55.5" s="13" customFormat="1">
+      <c r="A9" s="14" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Category</t>
+          </r>
+        </is>
+      </c>
+      <c r="B9" s="14" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Name of medicine</t>
+          </r>
+        </is>
+      </c>
+      <c r="C9" s="14" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">EMA product number</t>
+          </r>
+        </is>
+      </c>
+      <c r="D9" s="14" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Active substance</t>
+          </r>
+        </is>
+      </c>
+      <c r="E9" s="14" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">International non-proprietary name (INN) / common name</t>
+          </r>
+        </is>
+      </c>
+      <c r="F9" s="14" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Therapeutic area (MeSH)</t>
+          </r>
+        </is>
+      </c>
+      <c r="G9" s="14" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">ATC code (human)</t>
+          </r>
+        </is>
+      </c>
+      <c r="H9" s="14" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">ATCvet code (veterinary)</t>
+          </r>
+        </is>
+      </c>
+      <c r="I9" s="14" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Species
+(veterinary)</t>
+          </r>
+        </is>
+      </c>
+      <c r="J9" s="14" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Accelerated assessment</t>
+          </r>
+        </is>
+      </c>
+      <c r="K9" s="14" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Additional monitoring</t>
+          </r>
+        </is>
+      </c>
+      <c r="L9" s="14" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Advanced therapy</t>
+          </r>
+        </is>
+      </c>
+      <c r="M9" s="14" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Biosimilar</t>
+          </r>
+        </is>
+      </c>
+      <c r="N9" s="14" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Conditional approval</t>
+          </r>
+        </is>
+      </c>
+      <c r="O9" s="14" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Exceptional circumstances</t>
+          </r>
+        </is>
+      </c>
+      <c r="P9" s="14" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Generic</t>
+          </r>
+        </is>
+      </c>
+      <c r="Q9" s="14" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Orphan medicine</t>
+          </r>
+        </is>
+      </c>
+      <c r="R9" s="14" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">PRIME: priority medicine</t>
+          </r>
+        </is>
+      </c>
+      <c r="S9" s="14" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Marketing authorisation developer / applicant / holder</t>
+          </r>
+        </is>
+      </c>
+      <c r="T9" s="15" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Post-authorisation procedure status</t>
+          </r>
+        </is>
+      </c>
+      <c r="U9" s="14" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Post-authorisation opinion status</t>
+          </r>
+        </is>
+      </c>
+      <c r="V9" s="14" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Post-authorisation opinion date</t>
+          </r>
+        </is>
+      </c>
+      <c r="W9" s="14" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Withdrawal of application date</t>
+          </r>
+        </is>
+      </c>
+      <c r="X9" s="14" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Marketing authorisation date</t>
+          </r>
+        </is>
+      </c>
+      <c r="Y9" s="16" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">First published date</t>
+          </r>
+        </is>
+      </c>
+      <c r="Z9" s="16" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Last updated date</t>
+          </r>
+        </is>
+      </c>
+      <c r="AA9" s="16" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Medicine post-authorisation procedure URL</t>
+          </r>
+        </is>
       </c>
     </row>
     <row r="10" spans="1:1024">
       <c r="A10" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>32</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>34</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H10" s="1"/>
       <c r="I10" s="1"/>
       <c r="J10" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="K10" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L10" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M10" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N10" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O10" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P10" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q10" s="3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="R10" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S10" s="1" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="T10" s="1" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="U10" s="1" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="V10" s="3" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="W10" s="3"/>
       <c r="X10" s="1" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="Y10" s="1" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="Z10" s="1"/>
       <c r="AA10" s="1" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="11" spans="1:1024">
       <c r="A11" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="D11" s="2" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="H11" s="1"/>
       <c r="I11" s="1"/>
       <c r="J11" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K11" s="1" t="s">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="L11" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M11" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N11" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O11" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P11" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q11" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R11" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S11" s="1" t="s">
         <v>52</v>
       </c>
       <c r="T11" s="1" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="U11" s="1" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="V11" s="3" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="W11" s="3"/>
       <c r="X11" s="1" t="s">
         <v>53</v>
       </c>
       <c r="Y11" s="1" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="Z11" s="1"/>
       <c r="AA11" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="12" spans="1:1024">
       <c r="A12" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>55</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>56</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>57</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="H12" s="1"/>
       <c r="I12" s="1"/>
       <c r="J12" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K12" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L12" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M12" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N12" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O12" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P12" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q12" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R12" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S12" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="T12" s="1" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="U12" s="1" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="V12" s="3" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="W12" s="3"/>
       <c r="X12" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="Y12" s="1" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="Z12" s="1"/>
       <c r="AA12" s="1" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="13" spans="1:1024">
       <c r="A13" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D13" s="2" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="H13" s="1"/>
       <c r="I13" s="1"/>
       <c r="J13" s="1" t="s">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="K13" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L13" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M13" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N13" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O13" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P13" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q13" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R13" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S13" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="T13" s="1" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="U13" s="1" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="V13" s="3" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="W13" s="3"/>
       <c r="X13" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="Y13" s="1" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="Z13" s="1"/>
       <c r="AA13" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="14" spans="1:1024">
       <c r="A14" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D14" s="2" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="H14" s="1"/>
       <c r="I14" s="1"/>
       <c r="J14" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K14" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="L14" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M14" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N14" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O14" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P14" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q14" s="3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="R14" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S14" s="1" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="T14" s="1" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="U14" s="1" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="V14" s="3" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="W14" s="3"/>
       <c r="X14" s="1" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="Y14" s="1" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="Z14" s="1"/>
       <c r="AA14" s="1" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
     </row>
     <row r="15" spans="1:1024">
       <c r="A15" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="D15" s="2" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K15" s="1" t="s">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="L15" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M15" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N15" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O15" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P15" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q15" s="3" t="s">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="R15" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S15" s="1" t="s">
-        <v>68</v>
+        <v>86</v>
       </c>
       <c r="T15" s="1" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="U15" s="1" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="V15" s="3" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="W15" s="3"/>
       <c r="X15" s="1" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="Y15" s="1" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="Z15" s="1"/>
       <c r="AA15" s="1" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
     </row>
     <row r="16" spans="1:1024">
       <c r="A16" s="1" t="s">
-        <v>31</v>
+        <v>89</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="D16" s="2" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>88</v>
-[...6 lines deleted...]
-      </c>
+        <v>93</v>
+      </c>
+      <c r="F16" s="1"/>
+      <c r="G16" s="1"/>
       <c r="H16" s="1"/>
       <c r="I16" s="1"/>
       <c r="J16" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K16" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L16" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M16" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N16" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O16" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P16" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q16" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R16" s="3" t="s">
-        <v>37</v>
-[...3 lines deleted...]
-      </c>
+        <v>39</v>
+      </c>
+      <c r="S16" s="1"/>
       <c r="T16" s="1" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="U16" s="1" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="V16" s="3" t="s">
-        <v>41</v>
+        <v>94</v>
       </c>
       <c r="W16" s="3"/>
-      <c r="X16" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="X16" s="1"/>
       <c r="Y16" s="1" t="s">
-        <v>43</v>
+        <v>95</v>
       </c>
       <c r="Z16" s="1"/>
       <c r="AA16" s="1" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
     </row>
     <row r="17" spans="1:1024">
       <c r="A17" s="1" t="s">
-        <v>31</v>
+        <v>89</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="D17" s="2" t="s">
-        <v>96</v>
-[...7 lines deleted...]
-      <c r="G17" s="1" t="s">
         <v>99</v>
       </c>
+      <c r="E17" s="1"/>
+      <c r="F17" s="1"/>
+      <c r="G17" s="1"/>
       <c r="H17" s="1"/>
       <c r="I17" s="1"/>
       <c r="J17" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="K17" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L17" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M17" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N17" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O17" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P17" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q17" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R17" s="3" t="s">
-        <v>37</v>
-[...3 lines deleted...]
-      </c>
+        <v>39</v>
+      </c>
+      <c r="S17" s="1"/>
       <c r="T17" s="1" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="U17" s="1" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="V17" s="3" t="s">
-        <v>41</v>
+        <v>94</v>
       </c>
       <c r="W17" s="3"/>
-      <c r="X17" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="X17" s="1"/>
       <c r="Y17" s="1" t="s">
-        <v>43</v>
+        <v>95</v>
       </c>
       <c r="Z17" s="1"/>
       <c r="AA17" s="1" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
     </row>
     <row r="18" spans="1:1024">
       <c r="A18" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B18" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="D18" s="2" t="s">
         <v>103</v>
       </c>
-      <c r="C18" s="1" t="s">
+      <c r="E18" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="F18" s="1" t="s">
         <v>104</v>
       </c>
-      <c r="D18" s="2" t="s">
+      <c r="G18" s="1" t="s">
         <v>105</v>
-      </c>
-[...7 lines deleted...]
-        <v>107</v>
       </c>
       <c r="H18" s="1"/>
       <c r="I18" s="1"/>
       <c r="J18" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K18" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L18" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M18" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N18" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O18" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P18" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q18" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R18" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S18" s="1" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="T18" s="1" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="U18" s="1" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="V18" s="3" t="s">
-        <v>41</v>
+        <v>107</v>
       </c>
       <c r="W18" s="3"/>
       <c r="X18" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="Y18" s="1" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="Z18" s="1"/>
       <c r="AA18" s="1" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="19" spans="1:1024">
       <c r="A19" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>111</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>112</v>
       </c>
       <c r="D19" s="2" t="s">
         <v>113</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="H19" s="1"/>
       <c r="I19" s="1"/>
       <c r="J19" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K19" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="L19" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M19" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N19" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O19" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P19" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q19" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R19" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S19" s="1" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="T19" s="1" t="s">
-        <v>117</v>
+        <v>41</v>
       </c>
       <c r="U19" s="1" t="s">
-        <v>118</v>
+        <v>42</v>
       </c>
       <c r="V19" s="3" t="s">
-        <v>119</v>
+        <v>107</v>
       </c>
       <c r="W19" s="3"/>
       <c r="X19" s="1" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="Y19" s="1" t="s">
-        <v>121</v>
-[...3 lines deleted...]
-      </c>
+        <v>109</v>
+      </c>
+      <c r="Z19" s="1"/>
       <c r="AA19" s="1" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
     </row>
     <row r="20" spans="1:1024">
       <c r="A20" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B20" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="D20" s="2" t="s">
+        <v>122</v>
+      </c>
+      <c r="E20" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="F20" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="G20" s="1" t="s">
         <v>124</v>
-      </c>
-[...13 lines deleted...]
-        <v>128</v>
       </c>
       <c r="H20" s="1"/>
       <c r="I20" s="1"/>
       <c r="J20" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K20" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L20" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M20" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N20" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O20" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P20" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q20" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R20" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S20" s="1" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="T20" s="1" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="U20" s="1" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="V20" s="3" t="s">
-        <v>119</v>
+        <v>107</v>
       </c>
       <c r="W20" s="3"/>
       <c r="X20" s="1" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="Y20" s="1" t="s">
-        <v>121</v>
+        <v>109</v>
       </c>
       <c r="Z20" s="1"/>
       <c r="AA20" s="1" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
     </row>
     <row r="21" spans="1:1024">
       <c r="A21" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B21" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="D21" s="2" t="s">
+        <v>130</v>
+      </c>
+      <c r="E21" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="F21" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="G21" s="1" t="s">
         <v>132</v>
-      </c>
-[...13 lines deleted...]
-        <v>137</v>
       </c>
       <c r="H21" s="1"/>
       <c r="I21" s="1"/>
       <c r="J21" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="K21" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L21" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M21" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N21" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O21" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P21" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q21" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R21" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S21" s="1" t="s">
-        <v>138</v>
+        <v>133</v>
       </c>
       <c r="T21" s="1" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="U21" s="1" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="V21" s="3" t="s">
-        <v>119</v>
+        <v>107</v>
       </c>
       <c r="W21" s="3"/>
       <c r="X21" s="1" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="Y21" s="1" t="s">
-        <v>121</v>
+        <v>109</v>
       </c>
       <c r="Z21" s="1"/>
       <c r="AA21" s="1" t="s">
-        <v>140</v>
+        <v>135</v>
       </c>
     </row>
     <row r="22" spans="1:1024">
       <c r="A22" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>142</v>
+        <v>137</v>
       </c>
       <c r="D22" s="2" t="s">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>144</v>
+        <v>139</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="H22" s="1"/>
       <c r="I22" s="1"/>
       <c r="J22" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K22" s="1" t="s">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="L22" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M22" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N22" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O22" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P22" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q22" s="3" t="s">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="R22" s="3" t="s">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="S22" s="1" t="s">
-        <v>146</v>
+        <v>141</v>
       </c>
       <c r="T22" s="1" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="U22" s="1" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="V22" s="3" t="s">
-        <v>119</v>
+        <v>107</v>
       </c>
       <c r="W22" s="3"/>
       <c r="X22" s="1" t="s">
-        <v>61</v>
+        <v>142</v>
       </c>
       <c r="Y22" s="1" t="s">
-        <v>121</v>
+        <v>109</v>
       </c>
       <c r="Z22" s="1"/>
       <c r="AA22" s="1" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
     </row>
     <row r="23" spans="1:1024">
       <c r="A23" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B23" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="D23" s="2" t="s">
+        <v>146</v>
+      </c>
+      <c r="E23" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="F23" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="G23" s="1" t="s">
         <v>148</v>
-      </c>
-[...13 lines deleted...]
-        <v>152</v>
       </c>
       <c r="H23" s="1"/>
       <c r="I23" s="1"/>
       <c r="J23" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K23" s="1" t="s">
-        <v>51</v>
+        <v>38</v>
       </c>
       <c r="L23" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M23" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N23" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O23" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P23" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q23" s="3" t="s">
-        <v>51</v>
+        <v>38</v>
       </c>
       <c r="R23" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S23" s="1" t="s">
-        <v>153</v>
+        <v>133</v>
       </c>
       <c r="T23" s="1" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="U23" s="1" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="V23" s="3" t="s">
-        <v>119</v>
+        <v>107</v>
       </c>
       <c r="W23" s="3"/>
       <c r="X23" s="1" t="s">
-        <v>154</v>
+        <v>149</v>
       </c>
       <c r="Y23" s="1" t="s">
-        <v>121</v>
+        <v>109</v>
       </c>
       <c r="Z23" s="1"/>
       <c r="AA23" s="1" t="s">
-        <v>155</v>
+        <v>150</v>
       </c>
     </row>
     <row r="24" spans="1:1024">
       <c r="A24" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>156</v>
+        <v>151</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="D24" s="2" t="s">
-        <v>158</v>
+        <v>153</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>159</v>
+        <v>153</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>160</v>
+        <v>154</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>161</v>
+        <v>155</v>
       </c>
       <c r="H24" s="1"/>
       <c r="I24" s="1"/>
       <c r="J24" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K24" s="1" t="s">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="L24" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M24" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N24" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O24" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P24" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q24" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R24" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S24" s="1" t="s">
-        <v>162</v>
+        <v>156</v>
       </c>
       <c r="T24" s="1" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="U24" s="1" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="V24" s="3" t="s">
-        <v>119</v>
+        <v>107</v>
       </c>
       <c r="W24" s="3"/>
       <c r="X24" s="1" t="s">
-        <v>163</v>
+        <v>157</v>
       </c>
       <c r="Y24" s="1" t="s">
-        <v>121</v>
+        <v>109</v>
       </c>
       <c r="Z24" s="1"/>
       <c r="AA24" s="1" t="s">
-        <v>164</v>
+        <v>158</v>
       </c>
     </row>
     <row r="25" spans="1:1024">
       <c r="A25" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>165</v>
+        <v>159</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>166</v>
+        <v>160</v>
       </c>
       <c r="D25" s="2" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="H25" s="1"/>
       <c r="I25" s="1"/>
       <c r="J25" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K25" s="1" t="s">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="L25" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M25" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N25" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O25" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P25" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q25" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R25" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S25" s="1" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="T25" s="1" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="U25" s="1" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="V25" s="3" t="s">
-        <v>119</v>
+        <v>107</v>
       </c>
       <c r="W25" s="3"/>
       <c r="X25" s="1" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="Y25" s="1" t="s">
-        <v>121</v>
+        <v>109</v>
       </c>
       <c r="Z25" s="1"/>
       <c r="AA25" s="1" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
     </row>
     <row r="26" spans="1:1024">
       <c r="A26" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B26" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="C26" s="1" t="s">
         <v>169</v>
       </c>
-      <c r="C26" s="1" t="s">
+      <c r="D26" s="2" t="s">
         <v>170</v>
       </c>
-      <c r="D26" s="2" t="s">
+      <c r="E26" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="F26" s="1" t="s">
         <v>171</v>
       </c>
-      <c r="E26" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F26" s="1" t="s">
+      <c r="G26" s="1" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
       <c r="H26" s="1"/>
       <c r="I26" s="1"/>
       <c r="J26" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K26" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L26" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M26" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N26" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O26" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P26" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q26" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R26" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S26" s="1" t="s">
-        <v>52</v>
+        <v>173</v>
       </c>
       <c r="T26" s="1" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="U26" s="1" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="V26" s="3" t="s">
-        <v>119</v>
+        <v>107</v>
       </c>
       <c r="W26" s="3"/>
       <c r="X26" s="1" t="s">
         <v>174</v>
       </c>
       <c r="Y26" s="1" t="s">
-        <v>121</v>
+        <v>109</v>
       </c>
       <c r="Z26" s="1"/>
       <c r="AA26" s="1" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="27" spans="1:1024">
       <c r="A27" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>176</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>177</v>
       </c>
       <c r="D27" s="2" t="s">
         <v>178</v>
       </c>
       <c r="E27" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="F27" s="1" t="s">
         <v>179</v>
       </c>
-      <c r="F27" s="1" t="s">
+      <c r="G27" s="1" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
       <c r="H27" s="1"/>
       <c r="I27" s="1"/>
       <c r="J27" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K27" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L27" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M27" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N27" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O27" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P27" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q27" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R27" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S27" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="T27" s="1" t="s">
         <v>182</v>
       </c>
-      <c r="T27" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="U27" s="1" t="s">
-        <v>40</v>
+        <v>183</v>
       </c>
       <c r="V27" s="3" t="s">
-        <v>119</v>
+        <v>184</v>
       </c>
       <c r="W27" s="3"/>
       <c r="X27" s="1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="Y27" s="1" t="s">
-        <v>121</v>
-[...1 lines deleted...]
-      <c r="Z27" s="1"/>
+        <v>186</v>
+      </c>
+      <c r="Z27" s="1" t="s">
+        <v>187</v>
+      </c>
       <c r="AA27" s="1" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
     </row>
     <row r="28" spans="1:1024">
       <c r="A28" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="D28" s="2" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="E28" s="1" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="H28" s="1"/>
       <c r="I28" s="1"/>
       <c r="J28" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K28" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L28" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M28" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N28" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O28" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P28" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q28" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R28" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S28" s="1" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="T28" s="1" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="U28" s="1" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="V28" s="3" t="s">
-        <v>119</v>
+        <v>184</v>
       </c>
       <c r="W28" s="3"/>
       <c r="X28" s="1" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="Y28" s="1" t="s">
-        <v>121</v>
+        <v>186</v>
       </c>
       <c r="Z28" s="1"/>
       <c r="AA28" s="1" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
     </row>
     <row r="29" spans="1:1024">
       <c r="A29" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="D29" s="2" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="H29" s="1"/>
       <c r="I29" s="1"/>
       <c r="J29" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K29" s="1" t="s">
-        <v>51</v>
+        <v>38</v>
       </c>
       <c r="L29" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M29" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N29" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O29" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P29" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q29" s="3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="R29" s="3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="S29" s="1" t="s">
-        <v>198</v>
+        <v>86</v>
       </c>
       <c r="T29" s="1" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="U29" s="1" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="V29" s="3" t="s">
-        <v>119</v>
+        <v>184</v>
       </c>
       <c r="W29" s="3"/>
       <c r="X29" s="1" t="s">
-        <v>199</v>
+        <v>126</v>
       </c>
       <c r="Y29" s="1" t="s">
-        <v>121</v>
+        <v>186</v>
       </c>
       <c r="Z29" s="1"/>
       <c r="AA29" s="1" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
     </row>
     <row r="30" spans="1:1024">
       <c r="A30" s="1" t="s">
-        <v>201</v>
+        <v>31</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D30" s="2" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E30" s="1" t="s">
         <v>205</v>
       </c>
-      <c r="F30" s="1"/>
-      <c r="G30" s="1"/>
+      <c r="F30" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>207</v>
+      </c>
       <c r="H30" s="1"/>
       <c r="I30" s="1"/>
       <c r="J30" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K30" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L30" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M30" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N30" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O30" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P30" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q30" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R30" s="3" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="S30" s="1"/>
+        <v>39</v>
+      </c>
+      <c r="S30" s="1" t="s">
+        <v>117</v>
+      </c>
       <c r="T30" s="1" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="U30" s="1" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="V30" s="3" t="s">
-        <v>206</v>
+        <v>184</v>
       </c>
       <c r="W30" s="3"/>
-      <c r="X30" s="1"/>
+      <c r="X30" s="1" t="s">
+        <v>208</v>
+      </c>
       <c r="Y30" s="1" t="s">
-        <v>207</v>
+        <v>186</v>
       </c>
       <c r="Z30" s="1"/>
       <c r="AA30" s="1" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
     <row r="31" spans="1:1024">
       <c r="A31" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D31" s="2" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="H31" s="1"/>
       <c r="I31" s="1"/>
       <c r="J31" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K31" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L31" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M31" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N31" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O31" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P31" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q31" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R31" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S31" s="1" t="s">
-        <v>108</v>
+        <v>216</v>
       </c>
       <c r="T31" s="1" t="s">
-        <v>214</v>
-[...5 lines deleted...]
-      </c>
+        <v>41</v>
+      </c>
+      <c r="U31" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="V31" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="W31" s="3"/>
       <c r="X31" s="1" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="Y31" s="1" t="s">
-        <v>217</v>
-[...1 lines deleted...]
-      <c r="Z31" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="Z31" s="1"/>
+      <c r="AA31" s="1" t="s">
         <v>218</v>
-      </c>
-[...1 lines deleted...]
-        <v>219</v>
       </c>
     </row>
     <row r="32" spans="1:1024">
       <c r="A32" s="1" t="s">
-        <v>201</v>
+        <v>31</v>
       </c>
       <c r="B32" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="C32" s="1" t="s">
         <v>220</v>
       </c>
-      <c r="C32" s="1" t="s">
+      <c r="D32" s="2" t="s">
         <v>221</v>
       </c>
-      <c r="D32" s="2" t="s">
+      <c r="E32" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="F32" s="1" t="s">
         <v>222</v>
       </c>
-      <c r="E32" s="1" t="s">
+      <c r="G32" s="1" t="s">
         <v>223</v>
       </c>
-      <c r="F32" s="1"/>
-      <c r="G32" s="1"/>
       <c r="H32" s="1"/>
       <c r="I32" s="1"/>
       <c r="J32" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K32" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L32" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M32" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N32" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O32" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P32" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q32" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R32" s="3" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="S32" s="1"/>
+        <v>39</v>
+      </c>
+      <c r="S32" s="1" t="s">
+        <v>61</v>
+      </c>
       <c r="T32" s="1" t="s">
-        <v>214</v>
-[...3 lines deleted...]
-      <c r="W32" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="U32" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="V32" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="W32" s="3"/>
+      <c r="X32" s="1" t="s">
         <v>224</v>
       </c>
-      <c r="X32" s="1"/>
       <c r="Y32" s="1" t="s">
-        <v>225</v>
+        <v>186</v>
       </c>
       <c r="Z32" s="1"/>
       <c r="AA32" s="1" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
     </row>
     <row r="33" spans="1:1024">
       <c r="A33" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B33" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="C33" s="1" t="s">
         <v>227</v>
       </c>
-      <c r="C33" s="1" t="s">
+      <c r="D33" s="2" t="s">
         <v>228</v>
       </c>
-      <c r="D33" s="2" t="s">
+      <c r="E33" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="F33" s="1" t="s">
         <v>229</v>
       </c>
-      <c r="E33" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F33" s="1" t="s">
+      <c r="G33" s="1" t="s">
         <v>230</v>
-      </c>
-[...1 lines deleted...]
-        <v>231</v>
       </c>
       <c r="H33" s="1"/>
       <c r="I33" s="1"/>
       <c r="J33" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K33" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="L33" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M33" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N33" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O33" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P33" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q33" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R33" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S33" s="1" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="T33" s="1" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="U33" s="1" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="V33" s="3" t="s">
-        <v>233</v>
+        <v>184</v>
       </c>
       <c r="W33" s="3"/>
       <c r="X33" s="1" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="Y33" s="1" t="s">
-        <v>235</v>
+        <v>186</v>
       </c>
       <c r="Z33" s="1"/>
       <c r="AA33" s="1" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
     </row>
     <row r="34" spans="1:1024">
       <c r="A34" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B34" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="D34" s="2" t="s">
+        <v>236</v>
+      </c>
+      <c r="E34" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="F34" s="1" t="s">
         <v>237</v>
       </c>
-      <c r="C34" s="1" t="s">
+      <c r="G34" s="1" t="s">
         <v>238</v>
-      </c>
-[...10 lines deleted...]
-        <v>241</v>
       </c>
       <c r="H34" s="1"/>
       <c r="I34" s="1"/>
       <c r="J34" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K34" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L34" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M34" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N34" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O34" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P34" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q34" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R34" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S34" s="1" t="s">
-        <v>242</v>
+        <v>173</v>
       </c>
       <c r="T34" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U34" s="1"/>
       <c r="V34" s="3"/>
       <c r="W34" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="X34" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="Y34" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="Z34" s="1" t="s">
         <v>243</v>
       </c>
-      <c r="X34" s="1" t="s">
+      <c r="AA34" s="1" t="s">
         <v>244</v>
-      </c>
-[...7 lines deleted...]
-        <v>247</v>
       </c>
     </row>
     <row r="35" spans="1:1024">
       <c r="A35" s="1" t="s">
-        <v>201</v>
+        <v>89</v>
       </c>
       <c r="B35" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="D35" s="2" t="s">
+        <v>247</v>
+      </c>
+      <c r="E35" s="1" t="s">
         <v>248</v>
-      </c>
-[...7 lines deleted...]
-        <v>250</v>
       </c>
       <c r="F35" s="1"/>
       <c r="G35" s="1"/>
       <c r="H35" s="1"/>
       <c r="I35" s="1"/>
       <c r="J35" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K35" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L35" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M35" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N35" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O35" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P35" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q35" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R35" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S35" s="1"/>
       <c r="T35" s="1" t="s">
-        <v>39</v>
-[...7 lines deleted...]
-      <c r="W35" s="3"/>
+        <v>239</v>
+      </c>
+      <c r="U35" s="1"/>
+      <c r="V35" s="3"/>
+      <c r="W35" s="3" t="s">
+        <v>249</v>
+      </c>
       <c r="X35" s="1"/>
       <c r="Y35" s="1" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="Z35" s="1"/>
       <c r="AA35" s="1" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
     </row>
     <row r="36" spans="1:1024">
       <c r="A36" s="1" t="s">
-        <v>201</v>
+        <v>31</v>
       </c>
       <c r="B36" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="C36" s="1" t="s">
         <v>253</v>
       </c>
-      <c r="C36" s="1" t="s">
+      <c r="D36" s="2" t="s">
         <v>254</v>
       </c>
-      <c r="D36" s="2" t="s">
+      <c r="E36" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="F36" s="1" t="s">
         <v>255</v>
       </c>
-      <c r="E36" s="1" t="s">
-[...3 lines deleted...]
-      <c r="G36" s="1"/>
+      <c r="G36" s="1" t="s">
+        <v>256</v>
+      </c>
       <c r="H36" s="1"/>
       <c r="I36" s="1"/>
       <c r="J36" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K36" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L36" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M36" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N36" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O36" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P36" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q36" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R36" s="3" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="S36" s="1"/>
+        <v>39</v>
+      </c>
+      <c r="S36" s="1" t="s">
+        <v>257</v>
+      </c>
       <c r="T36" s="1" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="U36" s="1" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="V36" s="3"/>
+        <v>42</v>
+      </c>
+      <c r="V36" s="3" t="s">
+        <v>258</v>
+      </c>
       <c r="W36" s="3"/>
       <c r="X36" s="1" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="Y36" s="1" t="s">
-        <v>246</v>
+        <v>260</v>
       </c>
       <c r="Z36" s="1"/>
       <c r="AA36" s="1" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
     </row>
     <row r="37" spans="1:1024">
       <c r="A37" s="1" t="s">
-        <v>201</v>
+        <v>31</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>258</v>
+        <v>47</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>259</v>
+        <v>48</v>
       </c>
       <c r="D37" s="2" t="s">
-        <v>260</v>
+        <v>49</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>261</v>
-[...2 lines deleted...]
-      <c r="G37" s="1"/>
+        <v>49</v>
+      </c>
+      <c r="F37" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>51</v>
+      </c>
       <c r="H37" s="1"/>
       <c r="I37" s="1"/>
       <c r="J37" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K37" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L37" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M37" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N37" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O37" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P37" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q37" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R37" s="3" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="S37" s="1"/>
+        <v>39</v>
+      </c>
+      <c r="S37" s="1" t="s">
+        <v>52</v>
+      </c>
       <c r="T37" s="1" t="s">
-        <v>39</v>
-[...8 lines deleted...]
-      <c r="X37" s="1"/>
+        <v>239</v>
+      </c>
+      <c r="U37" s="1"/>
+      <c r="V37" s="3"/>
+      <c r="W37" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="X37" s="1" t="s">
+        <v>53</v>
+      </c>
       <c r="Y37" s="1" t="s">
-        <v>246</v>
-[...1 lines deleted...]
-      <c r="Z37" s="1"/>
+        <v>263</v>
+      </c>
+      <c r="Z37" s="1" t="s">
+        <v>264</v>
+      </c>
       <c r="AA37" s="1" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
     </row>
     <row r="38" spans="1:1024">
       <c r="A38" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="D38" s="2" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="H38" s="1"/>
       <c r="I38" s="1"/>
       <c r="J38" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K38" s="1" t="s">
-        <v>51</v>
+        <v>38</v>
       </c>
       <c r="L38" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M38" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N38" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O38" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P38" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q38" s="3" t="s">
-        <v>51</v>
+        <v>38</v>
       </c>
       <c r="R38" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S38" s="1" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="T38" s="1" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="U38" s="1" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="V38" s="3" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="W38" s="3"/>
       <c r="X38" s="1" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="Y38" s="1" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="Z38" s="1"/>
       <c r="AA38" s="1" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
     </row>
     <row r="39" spans="1:1024">
       <c r="A39" s="1" t="s">
-        <v>201</v>
+        <v>89</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="D39" s="2" t="s">
-        <v>204</v>
+        <v>279</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>205</v>
+        <v>280</v>
       </c>
       <c r="F39" s="1"/>
       <c r="G39" s="1"/>
       <c r="H39" s="1"/>
       <c r="I39" s="1"/>
       <c r="J39" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K39" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L39" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M39" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N39" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O39" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P39" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q39" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R39" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S39" s="1"/>
       <c r="T39" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U39" s="1"/>
       <c r="V39" s="3"/>
       <c r="W39" s="3" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="X39" s="1"/>
       <c r="Y39" s="1" t="s">
-        <v>277</v>
+        <v>282</v>
       </c>
       <c r="Z39" s="1"/>
       <c r="AA39" s="1" t="s">
-        <v>278</v>
+        <v>283</v>
       </c>
     </row>
     <row r="40" spans="1:1024">
       <c r="A40" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>280</v>
+        <v>285</v>
       </c>
       <c r="D40" s="2" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
       <c r="E40" s="1" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>283</v>
+        <v>288</v>
       </c>
       <c r="H40" s="1"/>
       <c r="I40" s="1"/>
       <c r="J40" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K40" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L40" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M40" s="1" t="s">
-        <v>51</v>
+        <v>38</v>
       </c>
       <c r="N40" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O40" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P40" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q40" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R40" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S40" s="1" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="T40" s="1" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="U40" s="1" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="V40" s="3" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
       <c r="W40" s="3"/>
       <c r="X40" s="1" t="s">
-        <v>286</v>
+        <v>291</v>
       </c>
       <c r="Y40" s="1" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
       <c r="Z40" s="1"/>
       <c r="AA40" s="1" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
     </row>
     <row r="41" spans="1:1024">
       <c r="A41" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>289</v>
+        <v>294</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>290</v>
+        <v>295</v>
       </c>
       <c r="D41" s="2" t="s">
-        <v>291</v>
+        <v>296</v>
       </c>
       <c r="E41" s="1" t="s">
-        <v>292</v>
+        <v>297</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>293</v>
+        <v>298</v>
       </c>
       <c r="G41" s="1"/>
       <c r="H41" s="1"/>
       <c r="I41" s="1"/>
       <c r="J41" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K41" s="1" t="s">
-        <v>51</v>
+        <v>38</v>
       </c>
       <c r="L41" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M41" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N41" s="1" t="s">
-        <v>51</v>
+        <v>38</v>
       </c>
       <c r="O41" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P41" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q41" s="3" t="s">
-        <v>51</v>
+        <v>38</v>
       </c>
       <c r="R41" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S41" s="1" t="s">
-        <v>108</v>
+        <v>173</v>
       </c>
       <c r="T41" s="1" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="U41" s="1" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="V41" s="3" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
       <c r="W41" s="3"/>
       <c r="X41" s="1" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="Y41" s="1" t="s">
-        <v>295</v>
+        <v>300</v>
       </c>
       <c r="Z41" s="1"/>
       <c r="AA41" s="1" t="s">
-        <v>296</v>
+        <v>301</v>
       </c>
     </row>
     <row r="42" spans="1:1024">
       <c r="A42" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>297</v>
+        <v>302</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>298</v>
+        <v>303</v>
       </c>
       <c r="D42" s="2" t="s">
-        <v>299</v>
+        <v>304</v>
       </c>
       <c r="E42" s="1" t="s">
-        <v>299</v>
+        <v>304</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>301</v>
+        <v>306</v>
       </c>
       <c r="H42" s="1"/>
       <c r="I42" s="1"/>
       <c r="J42" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K42" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L42" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M42" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N42" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O42" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P42" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q42" s="3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="R42" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S42" s="1" t="s">
-        <v>302</v>
+        <v>307</v>
       </c>
       <c r="T42" s="1" t="s">
-        <v>39</v>
-[...7 lines deleted...]
-      <c r="W42" s="3"/>
+        <v>239</v>
+      </c>
+      <c r="U42" s="1"/>
+      <c r="V42" s="3"/>
+      <c r="W42" s="3" t="s">
+        <v>308</v>
+      </c>
       <c r="X42" s="1" t="s">
-        <v>304</v>
+        <v>53</v>
       </c>
       <c r="Y42" s="1" t="s">
-        <v>305</v>
-[...1 lines deleted...]
-      <c r="Z42" s="1"/>
+        <v>309</v>
+      </c>
+      <c r="Z42" s="1" t="s">
+        <v>310</v>
+      </c>
       <c r="AA42" s="1" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
     </row>
     <row r="43" spans="1:1024">
       <c r="A43" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>307</v>
+        <v>312</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>308</v>
+        <v>313</v>
       </c>
       <c r="D43" s="2" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
       <c r="E43" s="1" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
       <c r="F43" s="1" t="s">
-        <v>310</v>
+        <v>315</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>311</v>
+        <v>316</v>
       </c>
       <c r="H43" s="1"/>
       <c r="I43" s="1"/>
       <c r="J43" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K43" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="L43" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M43" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N43" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O43" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P43" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q43" s="3" t="s">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="R43" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S43" s="1" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="T43" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U43" s="1"/>
       <c r="V43" s="3"/>
       <c r="W43" s="3" t="s">
-        <v>313</v>
+        <v>318</v>
       </c>
       <c r="X43" s="1" t="s">
-        <v>244</v>
+        <v>319</v>
       </c>
       <c r="Y43" s="1" t="s">
-        <v>314</v>
+        <v>320</v>
       </c>
       <c r="Z43" s="1" t="s">
-        <v>315</v>
+        <v>321</v>
       </c>
       <c r="AA43" s="1" t="s">
-        <v>316</v>
+        <v>322</v>
       </c>
     </row>
     <row r="44" spans="1:1024">
       <c r="A44" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>317</v>
+        <v>323</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>318</v>
+        <v>324</v>
       </c>
       <c r="D44" s="2" t="s">
-        <v>319</v>
+        <v>325</v>
       </c>
       <c r="E44" s="1" t="s">
-        <v>319</v>
+        <v>325</v>
       </c>
       <c r="F44" s="1" t="s">
-        <v>320</v>
+        <v>326</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>321</v>
+        <v>327</v>
       </c>
       <c r="H44" s="1"/>
       <c r="I44" s="1"/>
       <c r="J44" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K44" s="1" t="s">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="L44" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M44" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N44" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O44" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P44" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q44" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R44" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S44" s="1" t="s">
-        <v>322</v>
+        <v>61</v>
       </c>
       <c r="T44" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U44" s="1"/>
       <c r="V44" s="3"/>
       <c r="W44" s="3" t="s">
-        <v>323</v>
+        <v>328</v>
       </c>
       <c r="X44" s="1" t="s">
-        <v>324</v>
+        <v>329</v>
       </c>
       <c r="Y44" s="1" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="Z44" s="1" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="AA44" s="1" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
     </row>
     <row r="45" spans="1:1024">
       <c r="A45" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>328</v>
+        <v>333</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>329</v>
+        <v>334</v>
       </c>
       <c r="D45" s="2" t="s">
-        <v>330</v>
+        <v>335</v>
       </c>
       <c r="E45" s="1" t="s">
-        <v>330</v>
+        <v>335</v>
       </c>
       <c r="F45" s="1" t="s">
-        <v>331</v>
+        <v>336</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>332</v>
+        <v>337</v>
       </c>
       <c r="H45" s="1"/>
       <c r="I45" s="1"/>
       <c r="J45" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K45" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="L45" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M45" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N45" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O45" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P45" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q45" s="3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="R45" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S45" s="1" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="T45" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U45" s="1"/>
       <c r="V45" s="3"/>
       <c r="W45" s="3" t="s">
-        <v>333</v>
+        <v>338</v>
       </c>
       <c r="X45" s="1" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="Y45" s="1" t="s">
-        <v>335</v>
-[...3 lines deleted...]
-      </c>
+        <v>340</v>
+      </c>
+      <c r="Z45" s="1"/>
       <c r="AA45" s="1" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
     </row>
     <row r="46" spans="1:1024">
       <c r="A46" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
       <c r="D46" s="2" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="E46" s="1" t="s">
-        <v>340</v>
+        <v>345</v>
       </c>
       <c r="F46" s="1" t="s">
-        <v>341</v>
+        <v>346</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>342</v>
+        <v>347</v>
       </c>
       <c r="H46" s="1"/>
       <c r="I46" s="1"/>
       <c r="J46" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K46" s="1" t="s">
-        <v>51</v>
+        <v>38</v>
       </c>
       <c r="L46" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M46" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N46" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O46" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P46" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q46" s="3" t="s">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="R46" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S46" s="1" t="s">
-        <v>129</v>
+        <v>348</v>
       </c>
       <c r="T46" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U46" s="1"/>
       <c r="V46" s="3"/>
       <c r="W46" s="3" t="s">
-        <v>343</v>
+        <v>349</v>
       </c>
       <c r="X46" s="1" t="s">
-        <v>344</v>
+        <v>350</v>
       </c>
       <c r="Y46" s="1" t="s">
-        <v>345</v>
+        <v>263</v>
       </c>
       <c r="Z46" s="1"/>
       <c r="AA46" s="1" t="s">
-        <v>346</v>
+        <v>351</v>
       </c>
     </row>
     <row r="47" spans="1:1024">
       <c r="A47" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>347</v>
+        <v>352</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>348</v>
+        <v>353</v>
       </c>
       <c r="D47" s="2" t="s">
-        <v>349</v>
+        <v>354</v>
       </c>
       <c r="E47" s="1" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>351</v>
+        <v>355</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="H47" s="1"/>
       <c r="I47" s="1"/>
       <c r="J47" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K47" s="1" t="s">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="L47" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M47" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N47" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O47" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P47" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q47" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R47" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S47" s="1" t="s">
-        <v>353</v>
+        <v>357</v>
       </c>
       <c r="T47" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U47" s="1"/>
       <c r="V47" s="3"/>
       <c r="W47" s="3" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="X47" s="1" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
       <c r="Y47" s="1" t="s">
-        <v>245</v>
+        <v>360</v>
       </c>
       <c r="Z47" s="1"/>
       <c r="AA47" s="1" t="s">
-        <v>356</v>
+        <v>361</v>
       </c>
     </row>
     <row r="48" spans="1:1024">
       <c r="A48" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>357</v>
+        <v>362</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>358</v>
+        <v>363</v>
       </c>
       <c r="D48" s="2" t="s">
-        <v>359</v>
+        <v>364</v>
       </c>
       <c r="E48" s="1" t="s">
-        <v>359</v>
+        <v>364</v>
       </c>
       <c r="F48" s="1" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
       <c r="H48" s="1"/>
       <c r="I48" s="1"/>
       <c r="J48" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K48" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L48" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M48" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N48" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O48" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P48" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q48" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R48" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S48" s="1" t="s">
-        <v>362</v>
+        <v>367</v>
       </c>
       <c r="T48" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U48" s="1"/>
-      <c r="V48" s="3"/>
+      <c r="V48" s="3" t="s">
+        <v>368</v>
+      </c>
       <c r="W48" s="3" t="s">
-        <v>363</v>
+        <v>358</v>
       </c>
       <c r="X48" s="1" t="s">
-        <v>364</v>
+        <v>369</v>
       </c>
       <c r="Y48" s="1" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="Z48" s="1"/>
       <c r="AA48" s="1" t="s">
-        <v>366</v>
+        <v>370</v>
       </c>
     </row>
     <row r="49" spans="1:1024">
       <c r="A49" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>367</v>
+        <v>371</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>368</v>
+        <v>372</v>
       </c>
       <c r="D49" s="2" t="s">
-        <v>369</v>
+        <v>373</v>
       </c>
       <c r="E49" s="1" t="s">
-        <v>369</v>
+        <v>373</v>
       </c>
       <c r="F49" s="1" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>371</v>
+        <v>375</v>
       </c>
       <c r="H49" s="1"/>
       <c r="I49" s="1"/>
       <c r="J49" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K49" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L49" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M49" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N49" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O49" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P49" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q49" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R49" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S49" s="1" t="s">
-        <v>372</v>
+        <v>376</v>
       </c>
       <c r="T49" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U49" s="1"/>
-      <c r="V49" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="V49" s="3"/>
       <c r="W49" s="3" t="s">
-        <v>363</v>
+        <v>377</v>
       </c>
       <c r="X49" s="1" t="s">
-        <v>374</v>
+        <v>378</v>
       </c>
       <c r="Y49" s="1" t="s">
-        <v>365</v>
-[...1 lines deleted...]
-      <c r="Z49" s="1"/>
+        <v>379</v>
+      </c>
+      <c r="Z49" s="1" t="s">
+        <v>380</v>
+      </c>
       <c r="AA49" s="1" t="s">
-        <v>375</v>
+        <v>381</v>
       </c>
     </row>
     <row r="50" spans="1:1024">
       <c r="A50" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>376</v>
+        <v>382</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>377</v>
+        <v>383</v>
       </c>
       <c r="D50" s="2" t="s">
-        <v>378</v>
+        <v>373</v>
       </c>
       <c r="E50" s="1" t="s">
-        <v>378</v>
+        <v>373</v>
       </c>
       <c r="F50" s="1" t="s">
-        <v>379</v>
+        <v>374</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>380</v>
+        <v>384</v>
       </c>
       <c r="H50" s="1"/>
       <c r="I50" s="1"/>
       <c r="J50" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K50" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L50" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M50" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N50" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O50" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P50" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q50" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R50" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S50" s="1" t="s">
-        <v>381</v>
+        <v>385</v>
       </c>
       <c r="T50" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U50" s="1"/>
       <c r="V50" s="3"/>
       <c r="W50" s="3" t="s">
-        <v>382</v>
+        <v>377</v>
       </c>
       <c r="X50" s="1" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="Y50" s="1" t="s">
-        <v>384</v>
+        <v>379</v>
       </c>
       <c r="Z50" s="1" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
       <c r="AA50" s="1" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
     </row>
     <row r="51" spans="1:1024">
       <c r="A51" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="D51" s="2" t="s">
-        <v>378</v>
+        <v>390</v>
       </c>
       <c r="E51" s="1" t="s">
-        <v>378</v>
+        <v>391</v>
       </c>
       <c r="F51" s="1" t="s">
-        <v>379</v>
+        <v>392</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>389</v>
+        <v>393</v>
       </c>
       <c r="H51" s="1"/>
       <c r="I51" s="1"/>
       <c r="J51" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K51" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L51" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M51" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N51" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O51" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P51" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q51" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R51" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S51" s="1" t="s">
-        <v>390</v>
+        <v>394</v>
       </c>
       <c r="T51" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U51" s="1"/>
       <c r="V51" s="3"/>
       <c r="W51" s="3" t="s">
-        <v>382</v>
+        <v>395</v>
       </c>
       <c r="X51" s="1" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="Y51" s="1" t="s">
-        <v>384</v>
+        <v>379</v>
       </c>
       <c r="Z51" s="1" t="s">
-        <v>385</v>
+        <v>397</v>
       </c>
       <c r="AA51" s="1" t="s">
-        <v>392</v>
+        <v>398</v>
       </c>
     </row>
     <row r="52" spans="1:1024">
       <c r="A52" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>393</v>
+        <v>399</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>394</v>
+        <v>400</v>
       </c>
       <c r="D52" s="2" t="s">
-        <v>395</v>
+        <v>401</v>
       </c>
       <c r="E52" s="1" t="s">
-        <v>396</v>
+        <v>401</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>397</v>
+        <v>402</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>398</v>
+        <v>403</v>
       </c>
       <c r="H52" s="1"/>
       <c r="I52" s="1"/>
       <c r="J52" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K52" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="L52" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M52" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N52" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O52" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="P52" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q52" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R52" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S52" s="1" t="s">
-        <v>399</v>
+        <v>404</v>
       </c>
       <c r="T52" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U52" s="1"/>
       <c r="V52" s="3"/>
       <c r="W52" s="3" t="s">
-        <v>400</v>
+        <v>405</v>
       </c>
       <c r="X52" s="1" t="s">
-        <v>401</v>
+        <v>406</v>
       </c>
       <c r="Y52" s="1" t="s">
-        <v>384</v>
-[...3 lines deleted...]
-      </c>
+        <v>407</v>
+      </c>
+      <c r="Z52" s="1"/>
       <c r="AA52" s="1" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
     </row>
     <row r="53" spans="1:1024">
       <c r="A53" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>404</v>
+        <v>409</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>405</v>
+        <v>410</v>
       </c>
       <c r="D53" s="2" t="s">
-        <v>406</v>
+        <v>411</v>
       </c>
       <c r="E53" s="1" t="s">
-        <v>406</v>
+        <v>411</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>407</v>
+        <v>412</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
       <c r="H53" s="1"/>
       <c r="I53" s="1"/>
       <c r="J53" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K53" s="1" t="s">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="L53" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M53" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N53" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O53" s="1" t="s">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="P53" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q53" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R53" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S53" s="1" t="s">
-        <v>409</v>
+        <v>141</v>
       </c>
       <c r="T53" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U53" s="1"/>
       <c r="V53" s="3"/>
       <c r="W53" s="3" t="s">
-        <v>410</v>
+        <v>414</v>
       </c>
       <c r="X53" s="1" t="s">
-        <v>411</v>
+        <v>415</v>
       </c>
       <c r="Y53" s="1" t="s">
-        <v>412</v>
-[...1 lines deleted...]
-      <c r="Z53" s="1"/>
+        <v>379</v>
+      </c>
+      <c r="Z53" s="1" t="s">
+        <v>416</v>
+      </c>
       <c r="AA53" s="1" t="s">
-        <v>413</v>
+        <v>417</v>
       </c>
     </row>
     <row r="54" spans="1:1024">
       <c r="A54" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>414</v>
+        <v>418</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>415</v>
+        <v>419</v>
       </c>
       <c r="D54" s="2" t="s">
-        <v>416</v>
+        <v>420</v>
       </c>
       <c r="E54" s="1" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="F54" s="1" t="s">
-        <v>417</v>
+        <v>422</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>418</v>
+        <v>423</v>
       </c>
       <c r="H54" s="1"/>
       <c r="I54" s="1"/>
       <c r="J54" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K54" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L54" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M54" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N54" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O54" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P54" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q54" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R54" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S54" s="1" t="s">
-        <v>76</v>
+        <v>141</v>
       </c>
       <c r="T54" s="1" t="s">
-        <v>214</v>
-[...5 lines deleted...]
-      </c>
+        <v>41</v>
+      </c>
+      <c r="U54" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="V54" s="3" t="s">
+        <v>424</v>
+      </c>
+      <c r="W54" s="3"/>
       <c r="X54" s="1" t="s">
-        <v>420</v>
+        <v>425</v>
       </c>
       <c r="Y54" s="1" t="s">
-        <v>384</v>
-[...3 lines deleted...]
-      </c>
+        <v>426</v>
+      </c>
+      <c r="Z54" s="1"/>
       <c r="AA54" s="1" t="s">
-        <v>422</v>
+        <v>427</v>
       </c>
     </row>
     <row r="55" spans="1:1024">
       <c r="A55" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>423</v>
+        <v>128</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>424</v>
+        <v>129</v>
       </c>
       <c r="D55" s="2" t="s">
-        <v>425</v>
+        <v>130</v>
       </c>
       <c r="E55" s="1" t="s">
-        <v>426</v>
+        <v>130</v>
       </c>
       <c r="F55" s="1" t="s">
-        <v>427</v>
+        <v>131</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>428</v>
+        <v>132</v>
       </c>
       <c r="H55" s="1"/>
       <c r="I55" s="1"/>
       <c r="J55" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="K55" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L55" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M55" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N55" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O55" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P55" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q55" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R55" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S55" s="1" t="s">
-        <v>76</v>
+        <v>133</v>
       </c>
       <c r="T55" s="1" t="s">
-        <v>39</v>
-[...4 lines deleted...]
-      <c r="V55" s="3" t="s">
+        <v>239</v>
+      </c>
+      <c r="U55" s="1"/>
+      <c r="V55" s="3"/>
+      <c r="W55" s="3" t="s">
+        <v>428</v>
+      </c>
+      <c r="X55" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="Y55" s="1" t="s">
         <v>429</v>
       </c>
-      <c r="W55" s="3"/>
-      <c r="X55" s="1" t="s">
+      <c r="Z55" s="1" t="s">
         <v>430</v>
       </c>
-      <c r="Y55" s="1" t="s">
+      <c r="AA55" s="1" t="s">
         <v>431</v>
-      </c>
-[...2 lines deleted...]
-        <v>432</v>
       </c>
     </row>
     <row r="56" spans="1:1024">
       <c r="A56" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>63</v>
+        <v>432</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>64</v>
+        <v>433</v>
       </c>
       <c r="D56" s="2" t="s">
-        <v>65</v>
+        <v>434</v>
       </c>
       <c r="E56" s="1" t="s">
-        <v>65</v>
+        <v>434</v>
       </c>
       <c r="F56" s="1" t="s">
-        <v>66</v>
+        <v>435</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>67</v>
+        <v>436</v>
       </c>
       <c r="H56" s="1"/>
       <c r="I56" s="1"/>
       <c r="J56" s="1" t="s">
-        <v>51</v>
+        <v>38</v>
       </c>
       <c r="K56" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L56" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M56" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N56" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O56" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="P56" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q56" s="3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="R56" s="3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="S56" s="1" t="s">
-        <v>68</v>
+        <v>437</v>
       </c>
       <c r="T56" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U56" s="1"/>
       <c r="V56" s="3"/>
       <c r="W56" s="3" t="s">
-        <v>433</v>
+        <v>438</v>
       </c>
       <c r="X56" s="1" t="s">
-        <v>69</v>
+        <v>439</v>
       </c>
       <c r="Y56" s="1" t="s">
-        <v>434</v>
+        <v>440</v>
       </c>
       <c r="Z56" s="1" t="s">
-        <v>435</v>
+        <v>441</v>
       </c>
       <c r="AA56" s="1" t="s">
-        <v>436</v>
+        <v>442</v>
       </c>
     </row>
     <row r="57" spans="1:1024">
       <c r="A57" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>437</v>
+        <v>443</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>438</v>
+        <v>444</v>
       </c>
       <c r="D57" s="2" t="s">
-        <v>439</v>
+        <v>445</v>
       </c>
       <c r="E57" s="1" t="s">
-        <v>439</v>
+        <v>446</v>
       </c>
       <c r="F57" s="1" t="s">
-        <v>440</v>
+        <v>447</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>441</v>
+        <v>448</v>
       </c>
       <c r="H57" s="1"/>
       <c r="I57" s="1"/>
       <c r="J57" s="1" t="s">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="K57" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="L57" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M57" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N57" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O57" s="1" t="s">
-        <v>51</v>
+        <v>38</v>
       </c>
       <c r="P57" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q57" s="3" t="s">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="R57" s="3" t="s">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="S57" s="1" t="s">
-        <v>442</v>
+        <v>449</v>
       </c>
       <c r="T57" s="1" t="s">
-        <v>214</v>
-[...5 lines deleted...]
-      </c>
+        <v>41</v>
+      </c>
+      <c r="U57" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="V57" s="3" t="s">
+        <v>450</v>
+      </c>
+      <c r="W57" s="3"/>
       <c r="X57" s="1" t="s">
-        <v>444</v>
+        <v>299</v>
       </c>
       <c r="Y57" s="1" t="s">
-        <v>445</v>
-[...3 lines deleted...]
-      </c>
+        <v>451</v>
+      </c>
+      <c r="Z57" s="1"/>
       <c r="AA57" s="1" t="s">
-        <v>447</v>
+        <v>452</v>
       </c>
     </row>
     <row r="58" spans="1:1024">
       <c r="A58" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>448</v>
+        <v>453</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>449</v>
+        <v>454</v>
       </c>
       <c r="D58" s="2" t="s">
-        <v>450</v>
+        <v>455</v>
       </c>
       <c r="E58" s="1" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="F58" s="1" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>453</v>
+        <v>457</v>
       </c>
       <c r="H58" s="1"/>
       <c r="I58" s="1"/>
       <c r="J58" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K58" s="1" t="s">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="L58" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M58" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N58" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O58" s="1" t="s">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="P58" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q58" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R58" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S58" s="1" t="s">
-        <v>454</v>
+        <v>367</v>
       </c>
       <c r="T58" s="1" t="s">
-        <v>39</v>
-[...7 lines deleted...]
-      <c r="W58" s="3"/>
+        <v>239</v>
+      </c>
+      <c r="U58" s="1"/>
+      <c r="V58" s="3"/>
+      <c r="W58" s="3" t="s">
+        <v>458</v>
+      </c>
       <c r="X58" s="1" t="s">
-        <v>294</v>
+        <v>459</v>
       </c>
       <c r="Y58" s="1" t="s">
-        <v>456</v>
-[...1 lines deleted...]
-      <c r="Z58" s="1"/>
+        <v>460</v>
+      </c>
+      <c r="Z58" s="1" t="s">
+        <v>461</v>
+      </c>
       <c r="AA58" s="1" t="s">
-        <v>457</v>
+        <v>462</v>
       </c>
     </row>
     <row r="59" spans="1:1024">
       <c r="A59" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>458</v>
+        <v>463</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>459</v>
+        <v>464</v>
       </c>
       <c r="D59" s="2" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
       <c r="E59" s="1" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
       <c r="F59" s="1" t="s">
-        <v>461</v>
+        <v>466</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>462</v>
+        <v>467</v>
       </c>
       <c r="H59" s="1"/>
       <c r="I59" s="1"/>
       <c r="J59" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K59" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="L59" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M59" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N59" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O59" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P59" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q59" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R59" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S59" s="1" t="s">
-        <v>372</v>
+        <v>367</v>
       </c>
       <c r="T59" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U59" s="1"/>
       <c r="V59" s="3"/>
       <c r="W59" s="3" t="s">
-        <v>463</v>
+        <v>468</v>
       </c>
       <c r="X59" s="1" t="s">
-        <v>464</v>
+        <v>469</v>
       </c>
       <c r="Y59" s="1" t="s">
-        <v>465</v>
+        <v>470</v>
       </c>
       <c r="Z59" s="1" t="s">
-        <v>466</v>
+        <v>471</v>
       </c>
       <c r="AA59" s="1" t="s">
-        <v>467</v>
+        <v>472</v>
       </c>
     </row>
     <row r="60" spans="1:1024">
       <c r="A60" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>469</v>
+        <v>474</v>
       </c>
       <c r="D60" s="2" t="s">
-        <v>470</v>
+        <v>475</v>
       </c>
       <c r="E60" s="1" t="s">
-        <v>470</v>
+        <v>475</v>
       </c>
       <c r="F60" s="1" t="s">
-        <v>471</v>
+        <v>476</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>472</v>
+        <v>477</v>
       </c>
       <c r="H60" s="1"/>
       <c r="I60" s="1"/>
       <c r="J60" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K60" s="1" t="s">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="L60" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M60" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N60" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O60" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P60" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q60" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R60" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S60" s="1" t="s">
-        <v>372</v>
+        <v>478</v>
       </c>
       <c r="T60" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U60" s="1"/>
       <c r="V60" s="3"/>
       <c r="W60" s="3" t="s">
-        <v>473</v>
+        <v>479</v>
       </c>
       <c r="X60" s="1" t="s">
-        <v>474</v>
+        <v>480</v>
       </c>
       <c r="Y60" s="1" t="s">
-        <v>475</v>
+        <v>481</v>
       </c>
       <c r="Z60" s="1" t="s">
-        <v>476</v>
+        <v>482</v>
       </c>
       <c r="AA60" s="1" t="s">
-        <v>477</v>
+        <v>483</v>
       </c>
     </row>
     <row r="61" spans="1:1024">
       <c r="A61" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>478</v>
+        <v>484</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>479</v>
+        <v>485</v>
       </c>
       <c r="D61" s="2" t="s">
-        <v>480</v>
+        <v>486</v>
       </c>
       <c r="E61" s="1" t="s">
-        <v>480</v>
+        <v>487</v>
       </c>
       <c r="F61" s="1" t="s">
-        <v>481</v>
+        <v>488</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>482</v>
+        <v>489</v>
       </c>
       <c r="H61" s="1"/>
       <c r="I61" s="1"/>
       <c r="J61" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K61" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L61" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M61" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N61" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O61" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P61" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q61" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R61" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S61" s="1" t="s">
-        <v>483</v>
+        <v>78</v>
       </c>
       <c r="T61" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U61" s="1"/>
       <c r="V61" s="3"/>
       <c r="W61" s="3" t="s">
-        <v>484</v>
+        <v>490</v>
       </c>
       <c r="X61" s="1" t="s">
-        <v>485</v>
+        <v>491</v>
       </c>
       <c r="Y61" s="1" t="s">
-        <v>486</v>
+        <v>492</v>
       </c>
       <c r="Z61" s="1" t="s">
-        <v>487</v>
+        <v>493</v>
       </c>
       <c r="AA61" s="1" t="s">
-        <v>488</v>
+        <v>494</v>
       </c>
     </row>
     <row r="62" spans="1:1024">
       <c r="A62" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>489</v>
+        <v>495</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>490</v>
+        <v>496</v>
       </c>
       <c r="D62" s="2" t="s">
-        <v>491</v>
+        <v>497</v>
       </c>
       <c r="E62" s="1" t="s">
-        <v>492</v>
+        <v>497</v>
       </c>
       <c r="F62" s="1" t="s">
-        <v>493</v>
+        <v>171</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>494</v>
+        <v>498</v>
       </c>
       <c r="H62" s="1"/>
       <c r="I62" s="1"/>
       <c r="J62" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K62" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="L62" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M62" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N62" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O62" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P62" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q62" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R62" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S62" s="1" t="s">
-        <v>495</v>
+        <v>499</v>
       </c>
       <c r="T62" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U62" s="1"/>
       <c r="V62" s="3"/>
       <c r="W62" s="3" t="s">
-        <v>496</v>
+        <v>500</v>
       </c>
       <c r="X62" s="1" t="s">
-        <v>497</v>
+        <v>501</v>
       </c>
       <c r="Y62" s="1" t="s">
-        <v>498</v>
+        <v>492</v>
       </c>
       <c r="Z62" s="1" t="s">
-        <v>499</v>
+        <v>502</v>
       </c>
       <c r="AA62" s="1" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
     </row>
     <row r="63" spans="1:1024">
       <c r="A63" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>501</v>
+        <v>55</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>502</v>
+        <v>56</v>
       </c>
       <c r="D63" s="2" t="s">
-        <v>503</v>
+        <v>57</v>
       </c>
       <c r="E63" s="1" t="s">
-        <v>503</v>
+        <v>58</v>
       </c>
       <c r="F63" s="1" t="s">
-        <v>106</v>
+        <v>59</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>504</v>
+        <v>60</v>
       </c>
       <c r="H63" s="1"/>
       <c r="I63" s="1"/>
       <c r="J63" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K63" s="1" t="s">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="L63" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M63" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N63" s="1" t="s">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="O63" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P63" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q63" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R63" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S63" s="1" t="s">
-        <v>505</v>
+        <v>61</v>
       </c>
       <c r="T63" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U63" s="1"/>
       <c r="V63" s="3"/>
       <c r="W63" s="3" t="s">
+        <v>504</v>
+      </c>
+      <c r="X63" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="Y63" s="1" t="s">
+        <v>505</v>
+      </c>
+      <c r="Z63" s="1" t="s">
+        <v>502</v>
+      </c>
+      <c r="AA63" s="1" t="s">
         <v>506</v>
-      </c>
-[...10 lines deleted...]
-        <v>509</v>
       </c>
     </row>
     <row r="64" spans="1:1024">
       <c r="A64" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B64" s="1" t="s">
+        <v>507</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>508</v>
+      </c>
+      <c r="D64" s="2" t="s">
+        <v>509</v>
+      </c>
+      <c r="E64" s="1" t="s">
         <v>510</v>
       </c>
-      <c r="C64" s="1" t="s">
+      <c r="F64" s="1" t="s">
         <v>511</v>
       </c>
-      <c r="D64" s="2" t="s">
+      <c r="G64" s="1" t="s">
         <v>512</v>
-      </c>
-[...7 lines deleted...]
-        <v>515</v>
       </c>
       <c r="H64" s="1"/>
       <c r="I64" s="1"/>
       <c r="J64" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K64" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L64" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M64" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N64" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O64" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P64" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q64" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R64" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S64" s="1" t="s">
-        <v>190</v>
+        <v>69</v>
       </c>
       <c r="T64" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U64" s="1"/>
       <c r="V64" s="3"/>
       <c r="W64" s="3" t="s">
+        <v>513</v>
+      </c>
+      <c r="X64" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="Y64" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="Z64" s="1"/>
+      <c r="AA64" s="1" t="s">
         <v>516</v>
-      </c>
-[...10 lines deleted...]
-        <v>519</v>
       </c>
     </row>
     <row r="65" spans="1:1024">
       <c r="A65" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B65" s="1" t="s">
+        <v>517</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>518</v>
+      </c>
+      <c r="D65" s="2" t="s">
+        <v>519</v>
+      </c>
+      <c r="E65" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="F65" s="1" t="s">
         <v>520</v>
       </c>
-      <c r="C65" s="1" t="s">
+      <c r="G65" s="1" t="s">
         <v>521</v>
-      </c>
-[...10 lines deleted...]
-        <v>525</v>
       </c>
       <c r="H65" s="1"/>
       <c r="I65" s="1"/>
       <c r="J65" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K65" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="L65" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M65" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N65" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O65" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P65" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q65" s="3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="R65" s="3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="S65" s="1" t="s">
-        <v>526</v>
+        <v>522</v>
       </c>
       <c r="T65" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U65" s="1"/>
       <c r="V65" s="3"/>
       <c r="W65" s="3" t="s">
-        <v>527</v>
+        <v>523</v>
       </c>
       <c r="X65" s="1" t="s">
-        <v>528</v>
+        <v>439</v>
       </c>
       <c r="Y65" s="1" t="s">
-        <v>529</v>
-[...1 lines deleted...]
-      <c r="Z65" s="1"/>
+        <v>524</v>
+      </c>
+      <c r="Z65" s="1" t="s">
+        <v>525</v>
+      </c>
       <c r="AA65" s="1" t="s">
-        <v>530</v>
+        <v>526</v>
       </c>
     </row>
     <row r="66" spans="1:1024">
       <c r="A66" s="1" t="s">
-        <v>31</v>
+        <v>89</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>531</v>
+        <v>527</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>532</v>
+        <v>528</v>
       </c>
       <c r="D66" s="2" t="s">
-        <v>533</v>
+        <v>529</v>
       </c>
       <c r="E66" s="1" t="s">
-        <v>533</v>
-[...6 lines deleted...]
-      </c>
+        <v>529</v>
+      </c>
+      <c r="F66" s="1"/>
+      <c r="G66" s="1"/>
       <c r="H66" s="1"/>
       <c r="I66" s="1"/>
       <c r="J66" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K66" s="1" t="s">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="L66" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M66" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N66" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O66" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P66" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q66" s="3" t="s">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="R66" s="3" t="s">
-        <v>51</v>
-[...3 lines deleted...]
-      </c>
+        <v>39</v>
+      </c>
+      <c r="S66" s="1"/>
       <c r="T66" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U66" s="1"/>
       <c r="V66" s="3"/>
       <c r="W66" s="3" t="s">
-        <v>537</v>
-[...3 lines deleted...]
-      </c>
+        <v>530</v>
+      </c>
+      <c r="X66" s="1"/>
       <c r="Y66" s="1" t="s">
-        <v>538</v>
-[...3 lines deleted...]
-      </c>
+        <v>531</v>
+      </c>
+      <c r="Z66" s="1"/>
       <c r="AA66" s="1" t="s">
-        <v>540</v>
+        <v>532</v>
       </c>
     </row>
     <row r="67" spans="1:1024">
       <c r="A67" s="1" t="s">
-        <v>201</v>
+        <v>31</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>541</v>
+        <v>533</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>542</v>
+        <v>534</v>
       </c>
       <c r="D67" s="2" t="s">
-        <v>543</v>
+        <v>535</v>
       </c>
       <c r="E67" s="1" t="s">
-        <v>543</v>
-[...2 lines deleted...]
-      <c r="G67" s="1"/>
+        <v>536</v>
+      </c>
+      <c r="F67" s="1" t="s">
+        <v>537</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>538</v>
+      </c>
       <c r="H67" s="1"/>
       <c r="I67" s="1"/>
       <c r="J67" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K67" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="L67" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M67" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N67" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O67" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P67" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q67" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R67" s="3" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="S67" s="1"/>
+        <v>39</v>
+      </c>
+      <c r="S67" s="1" t="s">
+        <v>539</v>
+      </c>
       <c r="T67" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U67" s="1"/>
       <c r="V67" s="3"/>
       <c r="W67" s="3" t="s">
-        <v>544</v>
-[...1 lines deleted...]
-      <c r="X67" s="1"/>
+        <v>540</v>
+      </c>
+      <c r="X67" s="1" t="s">
+        <v>541</v>
+      </c>
       <c r="Y67" s="1" t="s">
-        <v>545</v>
+        <v>242</v>
       </c>
       <c r="Z67" s="1"/>
       <c r="AA67" s="1" t="s">
-        <v>546</v>
+        <v>542</v>
       </c>
     </row>
     <row r="68" spans="1:1024">
       <c r="A68" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B68" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>544</v>
+      </c>
+      <c r="D68" s="2" t="s">
+        <v>545</v>
+      </c>
+      <c r="E68" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="F68" s="1" t="s">
         <v>547</v>
       </c>
-      <c r="C68" s="1" t="s">
+      <c r="G68" s="1" t="s">
         <v>548</v>
-      </c>
-[...10 lines deleted...]
-        <v>552</v>
       </c>
       <c r="H68" s="1"/>
       <c r="I68" s="1"/>
       <c r="J68" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K68" s="1" t="s">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="L68" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M68" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N68" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O68" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P68" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q68" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R68" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S68" s="1" t="s">
-        <v>553</v>
+        <v>549</v>
       </c>
       <c r="T68" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U68" s="1"/>
       <c r="V68" s="3"/>
       <c r="W68" s="3" t="s">
+        <v>550</v>
+      </c>
+      <c r="X68" s="1" t="s">
+        <v>551</v>
+      </c>
+      <c r="Y68" s="1" t="s">
+        <v>552</v>
+      </c>
+      <c r="Z68" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="AA68" s="1" t="s">
         <v>554</v>
-      </c>
-[...8 lines deleted...]
-        <v>556</v>
       </c>
     </row>
     <row r="69" spans="1:1024">
       <c r="A69" s="1" t="s">
-        <v>31</v>
+        <v>89</v>
       </c>
       <c r="B69" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="D69" s="2" t="s">
         <v>557</v>
       </c>
-      <c r="C69" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E69" s="1" t="s">
-        <v>560</v>
-[...6 lines deleted...]
-      </c>
+        <v>557</v>
+      </c>
+      <c r="F69" s="1"/>
+      <c r="G69" s="1"/>
       <c r="H69" s="1"/>
       <c r="I69" s="1"/>
       <c r="J69" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K69" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L69" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M69" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N69" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O69" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P69" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q69" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R69" s="3" t="s">
-        <v>37</v>
-[...3 lines deleted...]
-      </c>
+        <v>39</v>
+      </c>
+      <c r="S69" s="1"/>
       <c r="T69" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U69" s="1"/>
       <c r="V69" s="3"/>
       <c r="W69" s="3" t="s">
-        <v>563</v>
-[...3 lines deleted...]
-      </c>
+        <v>558</v>
+      </c>
+      <c r="X69" s="1"/>
       <c r="Y69" s="1" t="s">
-        <v>565</v>
-[...3 lines deleted...]
-      </c>
+        <v>559</v>
+      </c>
+      <c r="Z69" s="1"/>
       <c r="AA69" s="1" t="s">
-        <v>567</v>
+        <v>560</v>
       </c>
     </row>
     <row r="70" spans="1:1024">
       <c r="A70" s="1" t="s">
-        <v>201</v>
+        <v>31</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>568</v>
+        <v>362</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>569</v>
+        <v>363</v>
       </c>
       <c r="D70" s="2" t="s">
-        <v>570</v>
+        <v>364</v>
       </c>
       <c r="E70" s="1" t="s">
-        <v>570</v>
-[...2 lines deleted...]
-      <c r="G70" s="1"/>
+        <v>364</v>
+      </c>
+      <c r="F70" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>366</v>
+      </c>
       <c r="H70" s="1"/>
       <c r="I70" s="1"/>
       <c r="J70" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K70" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L70" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M70" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N70" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O70" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P70" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q70" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R70" s="3" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="S70" s="1"/>
+        <v>39</v>
+      </c>
+      <c r="S70" s="1" t="s">
+        <v>367</v>
+      </c>
       <c r="T70" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U70" s="1"/>
       <c r="V70" s="3"/>
       <c r="W70" s="3" t="s">
-        <v>571</v>
-[...1 lines deleted...]
-      <c r="X70" s="1"/>
+        <v>561</v>
+      </c>
+      <c r="X70" s="1" t="s">
+        <v>369</v>
+      </c>
       <c r="Y70" s="1" t="s">
-        <v>572</v>
+        <v>562</v>
       </c>
       <c r="Z70" s="1"/>
       <c r="AA70" s="1" t="s">
-        <v>573</v>
+        <v>563</v>
       </c>
     </row>
     <row r="71" spans="1:1024">
       <c r="A71" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>367</v>
+        <v>564</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>368</v>
+        <v>565</v>
       </c>
       <c r="D71" s="2" t="s">
-        <v>369</v>
+        <v>566</v>
       </c>
       <c r="E71" s="1" t="s">
-        <v>369</v>
+        <v>567</v>
       </c>
       <c r="F71" s="1" t="s">
-        <v>370</v>
+        <v>568</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>371</v>
+        <v>569</v>
       </c>
       <c r="H71" s="1"/>
       <c r="I71" s="1"/>
       <c r="J71" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K71" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L71" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M71" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N71" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O71" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P71" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q71" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R71" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S71" s="1" t="s">
-        <v>372</v>
+        <v>367</v>
       </c>
       <c r="T71" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U71" s="1"/>
       <c r="V71" s="3"/>
       <c r="W71" s="3" t="s">
-        <v>574</v>
+        <v>570</v>
       </c>
       <c r="X71" s="1" t="s">
-        <v>374</v>
+        <v>571</v>
       </c>
       <c r="Y71" s="1" t="s">
-        <v>575</v>
+        <v>572</v>
       </c>
       <c r="Z71" s="1"/>
       <c r="AA71" s="1" t="s">
-        <v>576</v>
+        <v>573</v>
       </c>
     </row>
     <row r="72" spans="1:1024">
       <c r="A72" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>577</v>
+        <v>234</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>578</v>
+        <v>235</v>
       </c>
       <c r="D72" s="2" t="s">
-        <v>579</v>
+        <v>236</v>
       </c>
       <c r="E72" s="1" t="s">
-        <v>580</v>
+        <v>236</v>
       </c>
       <c r="F72" s="1" t="s">
-        <v>581</v>
+        <v>237</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>582</v>
+        <v>238</v>
       </c>
       <c r="H72" s="1"/>
       <c r="I72" s="1"/>
       <c r="J72" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K72" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L72" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M72" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N72" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O72" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P72" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q72" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R72" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S72" s="1" t="s">
-        <v>372</v>
+        <v>173</v>
       </c>
       <c r="T72" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U72" s="1"/>
       <c r="V72" s="3"/>
       <c r="W72" s="3" t="s">
-        <v>583</v>
+        <v>574</v>
       </c>
       <c r="X72" s="1" t="s">
-        <v>584</v>
+        <v>241</v>
       </c>
       <c r="Y72" s="1" t="s">
-        <v>585</v>
-[...1 lines deleted...]
-      <c r="Z72" s="1"/>
+        <v>575</v>
+      </c>
+      <c r="Z72" s="1" t="s">
+        <v>576</v>
+      </c>
       <c r="AA72" s="1" t="s">
-        <v>586</v>
+        <v>577</v>
       </c>
     </row>
     <row r="73" spans="1:1024">
       <c r="A73" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>209</v>
+        <v>362</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>210</v>
+        <v>363</v>
       </c>
       <c r="D73" s="2" t="s">
-        <v>211</v>
+        <v>364</v>
       </c>
       <c r="E73" s="1" t="s">
-        <v>211</v>
+        <v>364</v>
       </c>
       <c r="F73" s="1" t="s">
-        <v>212</v>
+        <v>365</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>213</v>
+        <v>366</v>
       </c>
       <c r="H73" s="1"/>
       <c r="I73" s="1"/>
       <c r="J73" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K73" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L73" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M73" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N73" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O73" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P73" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q73" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R73" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S73" s="1" t="s">
-        <v>108</v>
+        <v>367</v>
       </c>
       <c r="T73" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U73" s="1"/>
       <c r="V73" s="3"/>
       <c r="W73" s="3" t="s">
-        <v>587</v>
+        <v>578</v>
       </c>
       <c r="X73" s="1" t="s">
-        <v>216</v>
+        <v>369</v>
       </c>
       <c r="Y73" s="1" t="s">
-        <v>588</v>
-[...3 lines deleted...]
-      </c>
+        <v>579</v>
+      </c>
+      <c r="Z73" s="1"/>
       <c r="AA73" s="1" t="s">
-        <v>590</v>
+        <v>580</v>
       </c>
     </row>
     <row r="74" spans="1:1024">
       <c r="A74" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>367</v>
+        <v>581</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>368</v>
+        <v>582</v>
       </c>
       <c r="D74" s="2" t="s">
-        <v>369</v>
+        <v>583</v>
       </c>
       <c r="E74" s="1" t="s">
-        <v>369</v>
+        <v>584</v>
       </c>
       <c r="F74" s="1" t="s">
-        <v>370</v>
+        <v>585</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>371</v>
+        <v>586</v>
       </c>
       <c r="H74" s="1"/>
       <c r="I74" s="1"/>
       <c r="J74" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K74" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L74" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M74" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N74" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O74" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P74" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q74" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R74" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S74" s="1" t="s">
-        <v>372</v>
+        <v>141</v>
       </c>
       <c r="T74" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U74" s="1"/>
       <c r="V74" s="3"/>
       <c r="W74" s="3" t="s">
+        <v>587</v>
+      </c>
+      <c r="X74" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="Y74" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="Z74" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="AA74" s="1" t="s">
         <v>591</v>
-      </c>
-[...8 lines deleted...]
-        <v>593</v>
       </c>
     </row>
     <row r="75" spans="1:1024">
       <c r="A75" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>594</v>
+        <v>136</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>595</v>
+        <v>137</v>
       </c>
       <c r="D75" s="2" t="s">
-        <v>596</v>
+        <v>138</v>
       </c>
       <c r="E75" s="1" t="s">
-        <v>597</v>
+        <v>138</v>
       </c>
       <c r="F75" s="1" t="s">
-        <v>598</v>
+        <v>139</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>599</v>
+        <v>140</v>
       </c>
       <c r="H75" s="1"/>
       <c r="I75" s="1"/>
       <c r="J75" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K75" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L75" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M75" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N75" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O75" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P75" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q75" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R75" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S75" s="1" t="s">
-        <v>76</v>
+        <v>141</v>
       </c>
       <c r="T75" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U75" s="1"/>
       <c r="V75" s="3"/>
       <c r="W75" s="3" t="s">
-        <v>600</v>
+        <v>587</v>
       </c>
       <c r="X75" s="1" t="s">
-        <v>601</v>
+        <v>142</v>
       </c>
       <c r="Y75" s="1" t="s">
-        <v>602</v>
+        <v>589</v>
       </c>
       <c r="Z75" s="1" t="s">
-        <v>603</v>
+        <v>590</v>
       </c>
       <c r="AA75" s="1" t="s">
-        <v>604</v>
+        <v>592</v>
       </c>
     </row>
     <row r="76" spans="1:1024">
       <c r="A76" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="D76" s="2" t="s">
-        <v>73</v>
+        <v>83</v>
       </c>
       <c r="E76" s="1" t="s">
-        <v>73</v>
+        <v>83</v>
       </c>
       <c r="F76" s="1" t="s">
-        <v>74</v>
+        <v>84</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="H76" s="1"/>
       <c r="I76" s="1"/>
       <c r="J76" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K76" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L76" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M76" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N76" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O76" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P76" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q76" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R76" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S76" s="1" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="T76" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U76" s="1"/>
       <c r="V76" s="3"/>
       <c r="W76" s="3" t="s">
-        <v>600</v>
+        <v>593</v>
       </c>
       <c r="X76" s="1" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="Y76" s="1" t="s">
-        <v>602</v>
+        <v>594</v>
       </c>
       <c r="Z76" s="1" t="s">
-        <v>603</v>
+        <v>595</v>
       </c>
       <c r="AA76" s="1" t="s">
-        <v>605</v>
+        <v>596</v>
       </c>
     </row>
     <row r="77" spans="1:1024">
       <c r="A77" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>606</v>
+        <v>597</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>607</v>
+        <v>598</v>
       </c>
       <c r="D77" s="2" t="s">
-        <v>608</v>
+        <v>599</v>
       </c>
       <c r="E77" s="1" t="s">
-        <v>608</v>
+        <v>599</v>
       </c>
       <c r="F77" s="1" t="s">
-        <v>609</v>
+        <v>600</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>610</v>
+        <v>601</v>
       </c>
       <c r="H77" s="1"/>
       <c r="I77" s="1"/>
       <c r="J77" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K77" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L77" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M77" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N77" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O77" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P77" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q77" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R77" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S77" s="1" t="s">
-        <v>146</v>
+        <v>602</v>
       </c>
       <c r="T77" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U77" s="1"/>
       <c r="V77" s="3"/>
       <c r="W77" s="3" t="s">
-        <v>611</v>
+        <v>603</v>
       </c>
       <c r="X77" s="1" t="s">
-        <v>612</v>
+        <v>604</v>
       </c>
       <c r="Y77" s="1" t="s">
-        <v>613</v>
-[...3 lines deleted...]
-      </c>
+        <v>589</v>
+      </c>
+      <c r="Z77" s="1"/>
       <c r="AA77" s="1" t="s">
-        <v>615</v>
+        <v>605</v>
       </c>
     </row>
     <row r="78" spans="1:1024">
       <c r="A78" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>616</v>
+        <v>606</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>617</v>
+        <v>607</v>
       </c>
       <c r="D78" s="2" t="s">
-        <v>618</v>
+        <v>608</v>
       </c>
       <c r="E78" s="1" t="s">
-        <v>618</v>
+        <v>608</v>
       </c>
       <c r="F78" s="1" t="s">
-        <v>619</v>
+        <v>200</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>620</v>
+        <v>609</v>
       </c>
       <c r="H78" s="1"/>
       <c r="I78" s="1"/>
       <c r="J78" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K78" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L78" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M78" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N78" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O78" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P78" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q78" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R78" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S78" s="1" t="s">
-        <v>621</v>
+        <v>610</v>
       </c>
       <c r="T78" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U78" s="1"/>
       <c r="V78" s="3"/>
       <c r="W78" s="3" t="s">
-        <v>622</v>
+        <v>611</v>
       </c>
       <c r="X78" s="1" t="s">
-        <v>623</v>
+        <v>612</v>
       </c>
       <c r="Y78" s="1" t="s">
-        <v>602</v>
-[...1 lines deleted...]
-      <c r="Z78" s="1"/>
+        <v>613</v>
+      </c>
+      <c r="Z78" s="1" t="s">
+        <v>614</v>
+      </c>
       <c r="AA78" s="1" t="s">
-        <v>624</v>
+        <v>615</v>
       </c>
     </row>
     <row r="79" spans="1:1024">
       <c r="A79" s="1" t="s">
-        <v>31</v>
+        <v>89</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>625</v>
+        <v>616</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>626</v>
+        <v>617</v>
       </c>
       <c r="D79" s="2" t="s">
-        <v>627</v>
+        <v>618</v>
       </c>
       <c r="E79" s="1" t="s">
-        <v>627</v>
-[...6 lines deleted...]
-      </c>
+        <v>619</v>
+      </c>
+      <c r="F79" s="1"/>
+      <c r="G79" s="1"/>
       <c r="H79" s="1"/>
       <c r="I79" s="1"/>
       <c r="J79" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K79" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L79" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M79" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N79" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O79" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P79" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q79" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R79" s="3" t="s">
-        <v>37</v>
-[...3 lines deleted...]
-      </c>
+        <v>39</v>
+      </c>
+      <c r="S79" s="1"/>
       <c r="T79" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U79" s="1"/>
       <c r="V79" s="3"/>
       <c r="W79" s="3" t="s">
-        <v>630</v>
-[...3 lines deleted...]
-      </c>
+        <v>620</v>
+      </c>
+      <c r="X79" s="1"/>
       <c r="Y79" s="1" t="s">
-        <v>632</v>
-[...3 lines deleted...]
-      </c>
+        <v>621</v>
+      </c>
+      <c r="Z79" s="1"/>
       <c r="AA79" s="1" t="s">
-        <v>634</v>
+        <v>622</v>
       </c>
     </row>
     <row r="80" spans="1:1024">
       <c r="A80" s="1" t="s">
-        <v>201</v>
+        <v>31</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>635</v>
+        <v>136</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>636</v>
+        <v>137</v>
       </c>
       <c r="D80" s="2" t="s">
-        <v>637</v>
+        <v>138</v>
       </c>
       <c r="E80" s="1" t="s">
-        <v>638</v>
-[...2 lines deleted...]
-      <c r="G80" s="1"/>
+        <v>138</v>
+      </c>
+      <c r="F80" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="G80" s="1" t="s">
+        <v>140</v>
+      </c>
       <c r="H80" s="1"/>
       <c r="I80" s="1"/>
       <c r="J80" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K80" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L80" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M80" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N80" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O80" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P80" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q80" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R80" s="3" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="S80" s="1"/>
+        <v>39</v>
+      </c>
+      <c r="S80" s="1" t="s">
+        <v>141</v>
+      </c>
       <c r="T80" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U80" s="1"/>
       <c r="V80" s="3"/>
       <c r="W80" s="3" t="s">
-        <v>639</v>
-[...1 lines deleted...]
-      <c r="X80" s="1"/>
+        <v>623</v>
+      </c>
+      <c r="X80" s="1" t="s">
+        <v>142</v>
+      </c>
       <c r="Y80" s="1" t="s">
-        <v>640</v>
-[...1 lines deleted...]
-      <c r="Z80" s="1"/>
+        <v>624</v>
+      </c>
+      <c r="Z80" s="1" t="s">
+        <v>625</v>
+      </c>
       <c r="AA80" s="1" t="s">
-        <v>641</v>
+        <v>626</v>
       </c>
     </row>
     <row r="81" spans="1:1024">
       <c r="A81" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>71</v>
+        <v>362</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>72</v>
+        <v>363</v>
       </c>
       <c r="D81" s="2" t="s">
-        <v>73</v>
+        <v>364</v>
       </c>
       <c r="E81" s="1" t="s">
-        <v>73</v>
+        <v>364</v>
       </c>
       <c r="F81" s="1" t="s">
-        <v>74</v>
+        <v>365</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>75</v>
+        <v>366</v>
       </c>
       <c r="H81" s="1"/>
       <c r="I81" s="1"/>
       <c r="J81" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K81" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L81" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M81" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N81" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O81" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P81" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q81" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R81" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S81" s="1" t="s">
-        <v>76</v>
+        <v>367</v>
       </c>
       <c r="T81" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U81" s="1"/>
       <c r="V81" s="3"/>
       <c r="W81" s="3" t="s">
-        <v>642</v>
+        <v>627</v>
       </c>
       <c r="X81" s="1" t="s">
-        <v>77</v>
+        <v>369</v>
       </c>
       <c r="Y81" s="1" t="s">
-        <v>643</v>
-[...3 lines deleted...]
-      </c>
+        <v>628</v>
+      </c>
+      <c r="Z81" s="1"/>
       <c r="AA81" s="1" t="s">
-        <v>645</v>
+        <v>629</v>
       </c>
     </row>
     <row r="82" spans="1:1024">
       <c r="A82" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>367</v>
+        <v>630</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>368</v>
+        <v>631</v>
       </c>
       <c r="D82" s="2" t="s">
-        <v>369</v>
+        <v>632</v>
       </c>
       <c r="E82" s="1" t="s">
-        <v>369</v>
+        <v>632</v>
       </c>
       <c r="F82" s="1" t="s">
-        <v>370</v>
+        <v>633</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>371</v>
+        <v>634</v>
       </c>
       <c r="H82" s="1"/>
       <c r="I82" s="1"/>
       <c r="J82" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K82" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L82" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M82" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N82" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O82" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P82" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q82" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R82" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S82" s="1" t="s">
-        <v>372</v>
+        <v>635</v>
       </c>
       <c r="T82" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U82" s="1"/>
       <c r="V82" s="3"/>
       <c r="W82" s="3" t="s">
-        <v>646</v>
+        <v>636</v>
       </c>
       <c r="X82" s="1" t="s">
-        <v>374</v>
+        <v>637</v>
       </c>
       <c r="Y82" s="1" t="s">
-        <v>647</v>
-[...1 lines deleted...]
-      <c r="Z82" s="1"/>
+        <v>624</v>
+      </c>
+      <c r="Z82" s="1" t="s">
+        <v>638</v>
+      </c>
       <c r="AA82" s="1" t="s">
-        <v>648</v>
+        <v>639</v>
       </c>
     </row>
     <row r="83" spans="1:1024">
       <c r="A83" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>649</v>
+        <v>640</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>650</v>
+        <v>641</v>
       </c>
       <c r="D83" s="2" t="s">
-        <v>651</v>
+        <v>642</v>
       </c>
       <c r="E83" s="1" t="s">
-        <v>651</v>
+        <v>643</v>
       </c>
       <c r="F83" s="1" t="s">
-        <v>652</v>
+        <v>644</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>653</v>
+        <v>645</v>
       </c>
       <c r="H83" s="1"/>
       <c r="I83" s="1"/>
       <c r="J83" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K83" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L83" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M83" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N83" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O83" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P83" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q83" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R83" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S83" s="1" t="s">
-        <v>654</v>
+        <v>646</v>
       </c>
       <c r="T83" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U83" s="1"/>
       <c r="V83" s="3"/>
       <c r="W83" s="3" t="s">
-        <v>655</v>
+        <v>647</v>
       </c>
       <c r="X83" s="1" t="s">
-        <v>656</v>
+        <v>648</v>
       </c>
       <c r="Y83" s="1" t="s">
-        <v>643</v>
+        <v>649</v>
       </c>
       <c r="Z83" s="1" t="s">
-        <v>657</v>
+        <v>649</v>
       </c>
       <c r="AA83" s="1" t="s">
-        <v>658</v>
+        <v>650</v>
       </c>
     </row>
     <row r="84" spans="1:1024">
       <c r="A84" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>659</v>
+        <v>651</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>660</v>
+        <v>652</v>
       </c>
       <c r="D84" s="2" t="s">
-        <v>661</v>
+        <v>653</v>
       </c>
       <c r="E84" s="1" t="s">
-        <v>662</v>
+        <v>653</v>
       </c>
       <c r="F84" s="1" t="s">
-        <v>663</v>
+        <v>654</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>664</v>
+        <v>655</v>
       </c>
       <c r="H84" s="1"/>
       <c r="I84" s="1"/>
       <c r="J84" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K84" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L84" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M84" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N84" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O84" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P84" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q84" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R84" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S84" s="1" t="s">
-        <v>665</v>
+        <v>231</v>
       </c>
       <c r="T84" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U84" s="1"/>
       <c r="V84" s="3"/>
       <c r="W84" s="3" t="s">
-        <v>666</v>
+        <v>656</v>
       </c>
       <c r="X84" s="1" t="s">
-        <v>667</v>
+        <v>657</v>
       </c>
       <c r="Y84" s="1" t="s">
-        <v>668</v>
+        <v>658</v>
       </c>
       <c r="Z84" s="1" t="s">
-        <v>668</v>
+        <v>659</v>
       </c>
       <c r="AA84" s="1" t="s">
-        <v>669</v>
+        <v>660</v>
       </c>
     </row>
     <row r="85" spans="1:1024">
       <c r="A85" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>670</v>
+        <v>661</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>671</v>
+        <v>662</v>
       </c>
       <c r="D85" s="2" t="s">
-        <v>672</v>
+        <v>663</v>
       </c>
       <c r="E85" s="1" t="s">
-        <v>672</v>
+        <v>664</v>
       </c>
       <c r="F85" s="1" t="s">
-        <v>673</v>
+        <v>665</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>674</v>
+        <v>666</v>
       </c>
       <c r="H85" s="1"/>
       <c r="I85" s="1"/>
       <c r="J85" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K85" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="L85" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M85" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N85" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O85" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P85" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q85" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R85" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S85" s="1" t="s">
-        <v>198</v>
+        <v>667</v>
       </c>
       <c r="T85" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U85" s="1"/>
       <c r="V85" s="3"/>
       <c r="W85" s="3" t="s">
-        <v>675</v>
+        <v>668</v>
       </c>
       <c r="X85" s="1" t="s">
-        <v>676</v>
+        <v>669</v>
       </c>
       <c r="Y85" s="1" t="s">
-        <v>677</v>
+        <v>670</v>
       </c>
       <c r="Z85" s="1" t="s">
-        <v>678</v>
+        <v>670</v>
       </c>
       <c r="AA85" s="1" t="s">
-        <v>679</v>
+        <v>671</v>
       </c>
     </row>
     <row r="86" spans="1:1024">
       <c r="A86" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>680</v>
+        <v>136</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>681</v>
+        <v>137</v>
       </c>
       <c r="D86" s="2" t="s">
-        <v>682</v>
+        <v>138</v>
       </c>
       <c r="E86" s="1" t="s">
-        <v>683</v>
+        <v>138</v>
       </c>
       <c r="F86" s="1" t="s">
-        <v>684</v>
+        <v>139</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>685</v>
+        <v>140</v>
       </c>
       <c r="H86" s="1"/>
       <c r="I86" s="1"/>
       <c r="J86" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K86" s="1" t="s">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="L86" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M86" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N86" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O86" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P86" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q86" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R86" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S86" s="1" t="s">
-        <v>686</v>
+        <v>141</v>
       </c>
       <c r="T86" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U86" s="1"/>
       <c r="V86" s="3"/>
       <c r="W86" s="3" t="s">
-        <v>687</v>
+        <v>672</v>
       </c>
       <c r="X86" s="1" t="s">
-        <v>688</v>
+        <v>142</v>
       </c>
       <c r="Y86" s="1" t="s">
-        <v>689</v>
+        <v>673</v>
       </c>
       <c r="Z86" s="1" t="s">
-        <v>689</v>
+        <v>673</v>
       </c>
       <c r="AA86" s="1" t="s">
-        <v>690</v>
+        <v>674</v>
       </c>
     </row>
     <row r="87" spans="1:1024">
       <c r="A87" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>71</v>
+        <v>136</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>72</v>
+        <v>137</v>
       </c>
       <c r="D87" s="2" t="s">
-        <v>73</v>
+        <v>138</v>
       </c>
       <c r="E87" s="1" t="s">
-        <v>73</v>
+        <v>138</v>
       </c>
       <c r="F87" s="1" t="s">
-        <v>74</v>
+        <v>139</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>75</v>
+        <v>140</v>
       </c>
       <c r="H87" s="1"/>
       <c r="I87" s="1"/>
       <c r="J87" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K87" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L87" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M87" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N87" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O87" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P87" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q87" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R87" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S87" s="1" t="s">
-        <v>76</v>
+        <v>141</v>
       </c>
       <c r="T87" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U87" s="1"/>
       <c r="V87" s="3"/>
       <c r="W87" s="3" t="s">
-        <v>691</v>
+        <v>675</v>
       </c>
       <c r="X87" s="1" t="s">
-        <v>77</v>
+        <v>142</v>
       </c>
       <c r="Y87" s="1" t="s">
-        <v>692</v>
+        <v>676</v>
       </c>
       <c r="Z87" s="1" t="s">
-        <v>692</v>
+        <v>677</v>
       </c>
       <c r="AA87" s="1" t="s">
-        <v>693</v>
+        <v>678</v>
       </c>
     </row>
     <row r="88" spans="1:1024">
       <c r="A88" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="D88" s="2" t="s">
-        <v>73</v>
+        <v>83</v>
       </c>
       <c r="E88" s="1" t="s">
-        <v>73</v>
+        <v>83</v>
       </c>
       <c r="F88" s="1" t="s">
-        <v>74</v>
+        <v>84</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="H88" s="1"/>
       <c r="I88" s="1"/>
       <c r="J88" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K88" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L88" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M88" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N88" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O88" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P88" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q88" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R88" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S88" s="1" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="T88" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U88" s="1"/>
       <c r="V88" s="3"/>
       <c r="W88" s="3" t="s">
-        <v>694</v>
+        <v>679</v>
       </c>
       <c r="X88" s="1" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="Y88" s="1" t="s">
-        <v>695</v>
+        <v>541</v>
       </c>
       <c r="Z88" s="1" t="s">
-        <v>696</v>
+        <v>680</v>
       </c>
       <c r="AA88" s="1" t="s">
-        <v>697</v>
+        <v>681</v>
       </c>
     </row>
     <row r="89" spans="1:1024">
       <c r="A89" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>606</v>
+        <v>682</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>607</v>
+        <v>683</v>
       </c>
       <c r="D89" s="2" t="s">
-        <v>608</v>
+        <v>684</v>
       </c>
       <c r="E89" s="1" t="s">
-        <v>608</v>
+        <v>684</v>
       </c>
       <c r="F89" s="1" t="s">
-        <v>609</v>
+        <v>685</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>610</v>
+        <v>686</v>
       </c>
       <c r="H89" s="1"/>
       <c r="I89" s="1"/>
       <c r="J89" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K89" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L89" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M89" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N89" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O89" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P89" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q89" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R89" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S89" s="1" t="s">
-        <v>146</v>
+        <v>231</v>
       </c>
       <c r="T89" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U89" s="1"/>
       <c r="V89" s="3"/>
       <c r="W89" s="3" t="s">
-        <v>698</v>
+        <v>687</v>
       </c>
       <c r="X89" s="1" t="s">
-        <v>612</v>
+        <v>588</v>
       </c>
       <c r="Y89" s="1" t="s">
-        <v>555</v>
+        <v>688</v>
       </c>
       <c r="Z89" s="1" t="s">
-        <v>699</v>
+        <v>689</v>
       </c>
       <c r="AA89" s="1" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
     </row>
     <row r="90" spans="1:1024">
       <c r="A90" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>701</v>
+        <v>691</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>702</v>
+        <v>692</v>
       </c>
       <c r="D90" s="2" t="s">
-        <v>703</v>
+        <v>693</v>
       </c>
       <c r="E90" s="1" t="s">
-        <v>703</v>
+        <v>693</v>
       </c>
       <c r="F90" s="1" t="s">
-        <v>704</v>
+        <v>694</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>705</v>
+        <v>695</v>
       </c>
       <c r="H90" s="1"/>
       <c r="I90" s="1"/>
       <c r="J90" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K90" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="L90" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M90" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N90" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O90" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P90" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q90" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R90" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S90" s="1" t="s">
-        <v>198</v>
+        <v>696</v>
       </c>
       <c r="T90" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U90" s="1"/>
       <c r="V90" s="3"/>
       <c r="W90" s="3" t="s">
-        <v>706</v>
+        <v>697</v>
       </c>
       <c r="X90" s="1" t="s">
-        <v>601</v>
+        <v>698</v>
       </c>
       <c r="Y90" s="1" t="s">
-        <v>707</v>
+        <v>699</v>
       </c>
       <c r="Z90" s="1" t="s">
-        <v>708</v>
+        <v>699</v>
       </c>
       <c r="AA90" s="1" t="s">
-        <v>709</v>
+        <v>700</v>
       </c>
     </row>
     <row r="91" spans="1:1024">
       <c r="A91" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>710</v>
+        <v>701</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>711</v>
+        <v>702</v>
       </c>
       <c r="D91" s="2" t="s">
-        <v>712</v>
+        <v>703</v>
       </c>
       <c r="E91" s="1" t="s">
-        <v>712</v>
+        <v>703</v>
       </c>
       <c r="F91" s="1" t="s">
-        <v>713</v>
+        <v>466</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>714</v>
+        <v>704</v>
       </c>
       <c r="H91" s="1"/>
       <c r="I91" s="1"/>
       <c r="J91" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K91" s="1" t="s">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="L91" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M91" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N91" s="1" t="s">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="O91" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P91" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q91" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R91" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S91" s="1" t="s">
-        <v>715</v>
+        <v>705</v>
       </c>
       <c r="T91" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U91" s="1"/>
       <c r="V91" s="3"/>
       <c r="W91" s="3" t="s">
-        <v>716</v>
+        <v>706</v>
       </c>
       <c r="X91" s="1" t="s">
-        <v>717</v>
+        <v>707</v>
       </c>
       <c r="Y91" s="1" t="s">
-        <v>718</v>
+        <v>708</v>
       </c>
       <c r="Z91" s="1" t="s">
-        <v>718</v>
+        <v>708</v>
       </c>
       <c r="AA91" s="1" t="s">
-        <v>719</v>
+        <v>709</v>
       </c>
     </row>
     <row r="92" spans="1:1024">
       <c r="A92" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>720</v>
+        <v>710</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>721</v>
+        <v>711</v>
       </c>
       <c r="D92" s="2" t="s">
-        <v>722</v>
+        <v>712</v>
       </c>
       <c r="E92" s="1" t="s">
-        <v>722</v>
+        <v>712</v>
       </c>
       <c r="F92" s="1" t="s">
-        <v>471</v>
+        <v>200</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>723</v>
+        <v>713</v>
       </c>
       <c r="H92" s="1"/>
       <c r="I92" s="1"/>
       <c r="J92" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K92" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L92" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M92" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N92" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O92" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P92" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q92" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R92" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S92" s="1" t="s">
-        <v>724</v>
+        <v>117</v>
       </c>
       <c r="T92" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U92" s="1"/>
       <c r="V92" s="3"/>
       <c r="W92" s="3" t="s">
-        <v>725</v>
+        <v>714</v>
       </c>
       <c r="X92" s="1" t="s">
-        <v>726</v>
+        <v>715</v>
       </c>
       <c r="Y92" s="1" t="s">
-        <v>727</v>
+        <v>716</v>
       </c>
       <c r="Z92" s="1" t="s">
-        <v>727</v>
+        <v>716</v>
       </c>
       <c r="AA92" s="1" t="s">
-        <v>728</v>
+        <v>717</v>
       </c>
     </row>
     <row r="93" spans="1:1024">
       <c r="A93" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>729</v>
+        <v>718</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>730</v>
+        <v>719</v>
       </c>
       <c r="D93" s="2" t="s">
-        <v>731</v>
+        <v>720</v>
       </c>
       <c r="E93" s="1" t="s">
-        <v>731</v>
+        <v>721</v>
       </c>
       <c r="F93" s="1" t="s">
-        <v>144</v>
+        <v>722</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>732</v>
+        <v>723</v>
       </c>
       <c r="H93" s="1"/>
       <c r="I93" s="1"/>
       <c r="J93" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K93" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="L93" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M93" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N93" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O93" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P93" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q93" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R93" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S93" s="1" t="s">
-        <v>52</v>
+        <v>394</v>
       </c>
       <c r="T93" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U93" s="1"/>
       <c r="V93" s="3"/>
       <c r="W93" s="3" t="s">
-        <v>733</v>
+        <v>724</v>
       </c>
       <c r="X93" s="1" t="s">
-        <v>734</v>
+        <v>725</v>
       </c>
       <c r="Y93" s="1" t="s">
-        <v>735</v>
+        <v>726</v>
       </c>
       <c r="Z93" s="1" t="s">
-        <v>735</v>
+        <v>726</v>
       </c>
       <c r="AA93" s="1" t="s">
-        <v>736</v>
+        <v>727</v>
       </c>
     </row>
     <row r="94" spans="1:1024">
       <c r="A94" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>737</v>
+        <v>728</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>738</v>
+        <v>729</v>
       </c>
       <c r="D94" s="2" t="s">
-        <v>739</v>
+        <v>730</v>
       </c>
       <c r="E94" s="1" t="s">
-        <v>740</v>
+        <v>730</v>
       </c>
       <c r="F94" s="1" t="s">
-        <v>741</v>
+        <v>731</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>742</v>
+        <v>732</v>
       </c>
       <c r="H94" s="1"/>
       <c r="I94" s="1"/>
       <c r="J94" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K94" s="1" t="s">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="L94" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M94" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N94" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O94" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P94" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q94" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R94" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S94" s="1" t="s">
-        <v>399</v>
+        <v>733</v>
       </c>
       <c r="T94" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U94" s="1"/>
       <c r="V94" s="3"/>
       <c r="W94" s="3" t="s">
-        <v>743</v>
+        <v>734</v>
       </c>
       <c r="X94" s="1" t="s">
-        <v>744</v>
+        <v>735</v>
       </c>
       <c r="Y94" s="1" t="s">
-        <v>745</v>
+        <v>736</v>
       </c>
       <c r="Z94" s="1" t="s">
-        <v>745</v>
+        <v>736</v>
       </c>
       <c r="AA94" s="1" t="s">
-        <v>746</v>
+        <v>737</v>
       </c>
     </row>
     <row r="95" spans="1:1024">
       <c r="A95" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>747</v>
+        <v>738</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>748</v>
+        <v>739</v>
       </c>
       <c r="D95" s="2" t="s">
-        <v>749</v>
+        <v>740</v>
       </c>
       <c r="E95" s="1" t="s">
-        <v>749</v>
+        <v>740</v>
       </c>
       <c r="F95" s="1" t="s">
-        <v>750</v>
+        <v>741</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>751</v>
+        <v>742</v>
       </c>
       <c r="H95" s="1"/>
       <c r="I95" s="1"/>
       <c r="J95" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K95" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L95" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M95" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N95" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O95" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P95" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q95" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R95" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S95" s="1" t="s">
-        <v>752</v>
+        <v>194</v>
       </c>
       <c r="T95" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U95" s="1"/>
       <c r="V95" s="3"/>
       <c r="W95" s="3" t="s">
-        <v>753</v>
+        <v>743</v>
       </c>
       <c r="X95" s="1" t="s">
-        <v>754</v>
+        <v>744</v>
       </c>
       <c r="Y95" s="1" t="s">
-        <v>755</v>
+        <v>745</v>
       </c>
       <c r="Z95" s="1" t="s">
-        <v>755</v>
+        <v>745</v>
       </c>
       <c r="AA95" s="1" t="s">
-        <v>756</v>
+        <v>746</v>
       </c>
     </row>
     <row r="96" spans="1:1024">
       <c r="A96" s="1" t="s">
-        <v>31</v>
+        <v>89</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>757</v>
+        <v>555</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>758</v>
+        <v>556</v>
       </c>
       <c r="D96" s="2" t="s">
-        <v>759</v>
+        <v>557</v>
       </c>
       <c r="E96" s="1" t="s">
-        <v>759</v>
-[...6 lines deleted...]
-      </c>
+        <v>557</v>
+      </c>
+      <c r="F96" s="1"/>
+      <c r="G96" s="1"/>
       <c r="H96" s="1"/>
       <c r="I96" s="1"/>
       <c r="J96" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K96" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L96" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M96" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N96" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O96" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P96" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q96" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R96" s="3" t="s">
-        <v>37</v>
-[...3 lines deleted...]
-      </c>
+        <v>39</v>
+      </c>
+      <c r="S96" s="1"/>
       <c r="T96" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U96" s="1"/>
       <c r="V96" s="3"/>
       <c r="W96" s="3" t="s">
-        <v>762</v>
-[...3 lines deleted...]
-      </c>
+        <v>747</v>
+      </c>
+      <c r="X96" s="1"/>
       <c r="Y96" s="1" t="s">
-        <v>764</v>
+        <v>748</v>
       </c>
       <c r="Z96" s="1" t="s">
-        <v>764</v>
+        <v>748</v>
       </c>
       <c r="AA96" s="1" t="s">
-        <v>765</v>
+        <v>749</v>
       </c>
     </row>
     <row r="97" spans="1:1024">
       <c r="A97" s="1" t="s">
-        <v>201</v>
+        <v>31</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>568</v>
+        <v>750</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>569</v>
+        <v>751</v>
       </c>
       <c r="D97" s="2" t="s">
-        <v>570</v>
+        <v>752</v>
       </c>
       <c r="E97" s="1" t="s">
-        <v>570</v>
-[...2 lines deleted...]
-      <c r="G97" s="1"/>
+        <v>752</v>
+      </c>
+      <c r="F97" s="1" t="s">
+        <v>753</v>
+      </c>
+      <c r="G97" s="1" t="s">
+        <v>754</v>
+      </c>
       <c r="H97" s="1"/>
       <c r="I97" s="1"/>
       <c r="J97" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K97" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L97" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M97" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N97" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O97" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P97" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q97" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R97" s="3" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="S97" s="1"/>
+        <v>39</v>
+      </c>
+      <c r="S97" s="1" t="s">
+        <v>755</v>
+      </c>
       <c r="T97" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U97" s="1"/>
       <c r="V97" s="3"/>
       <c r="W97" s="3" t="s">
-        <v>766</v>
-[...1 lines deleted...]
-      <c r="X97" s="1"/>
+        <v>756</v>
+      </c>
+      <c r="X97" s="1" t="s">
+        <v>757</v>
+      </c>
       <c r="Y97" s="1" t="s">
-        <v>767</v>
+        <v>758</v>
       </c>
       <c r="Z97" s="1" t="s">
-        <v>767</v>
+        <v>758</v>
       </c>
       <c r="AA97" s="1" t="s">
-        <v>768</v>
+        <v>759</v>
       </c>
     </row>
     <row r="98" spans="1:1024">
       <c r="A98" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>769</v>
+        <v>760</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>770</v>
+        <v>761</v>
       </c>
       <c r="D98" s="2" t="s">
-        <v>771</v>
+        <v>762</v>
       </c>
       <c r="E98" s="1" t="s">
-        <v>771</v>
+        <v>762</v>
       </c>
       <c r="F98" s="1" t="s">
-        <v>772</v>
+        <v>763</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>773</v>
+        <v>764</v>
       </c>
       <c r="H98" s="1"/>
       <c r="I98" s="1"/>
       <c r="J98" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K98" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L98" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M98" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N98" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O98" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P98" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q98" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R98" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S98" s="1" t="s">
-        <v>774</v>
+        <v>765</v>
       </c>
       <c r="T98" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U98" s="1"/>
       <c r="V98" s="3"/>
       <c r="W98" s="3" t="s">
-        <v>775</v>
+        <v>766</v>
       </c>
       <c r="X98" s="1" t="s">
-        <v>776</v>
+        <v>767</v>
       </c>
       <c r="Y98" s="1" t="s">
-        <v>777</v>
+        <v>768</v>
       </c>
       <c r="Z98" s="1" t="s">
-        <v>777</v>
+        <v>769</v>
       </c>
       <c r="AA98" s="1" t="s">
-        <v>778</v>
+        <v>770</v>
       </c>
     </row>
     <row r="99" spans="1:1024">
       <c r="A99" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>779</v>
+        <v>771</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>780</v>
+        <v>772</v>
       </c>
       <c r="D99" s="2" t="s">
-        <v>781</v>
+        <v>762</v>
       </c>
       <c r="E99" s="1" t="s">
-        <v>781</v>
+        <v>762</v>
       </c>
       <c r="F99" s="1" t="s">
-        <v>782</v>
+        <v>763</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>783</v>
+        <v>764</v>
       </c>
       <c r="H99" s="1"/>
       <c r="I99" s="1"/>
       <c r="J99" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K99" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L99" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M99" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N99" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O99" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P99" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q99" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R99" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S99" s="1" t="s">
-        <v>784</v>
+        <v>765</v>
       </c>
       <c r="T99" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U99" s="1"/>
       <c r="V99" s="3"/>
       <c r="W99" s="3" t="s">
-        <v>785</v>
+        <v>766</v>
       </c>
       <c r="X99" s="1" t="s">
-        <v>786</v>
+        <v>767</v>
       </c>
       <c r="Y99" s="1" t="s">
-        <v>787</v>
+        <v>768</v>
       </c>
       <c r="Z99" s="1" t="s">
-        <v>788</v>
+        <v>769</v>
       </c>
       <c r="AA99" s="1" t="s">
-        <v>789</v>
+        <v>773</v>
       </c>
     </row>
     <row r="100" spans="1:1024">
       <c r="A100" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>790</v>
+        <v>774</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>791</v>
+        <v>775</v>
       </c>
       <c r="D100" s="2" t="s">
-        <v>781</v>
+        <v>776</v>
       </c>
       <c r="E100" s="1" t="s">
-        <v>781</v>
+        <v>776</v>
       </c>
       <c r="F100" s="1" t="s">
-        <v>782</v>
+        <v>76</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>783</v>
+        <v>777</v>
       </c>
       <c r="H100" s="1"/>
       <c r="I100" s="1"/>
       <c r="J100" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K100" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L100" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M100" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N100" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O100" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P100" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q100" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R100" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S100" s="1" t="s">
-        <v>784</v>
+        <v>78</v>
       </c>
       <c r="T100" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U100" s="1"/>
       <c r="V100" s="3"/>
       <c r="W100" s="3" t="s">
-        <v>785</v>
+        <v>778</v>
       </c>
       <c r="X100" s="1" t="s">
-        <v>786</v>
+        <v>779</v>
       </c>
       <c r="Y100" s="1" t="s">
-        <v>787</v>
+        <v>780</v>
       </c>
       <c r="Z100" s="1" t="s">
-        <v>788</v>
+        <v>780</v>
       </c>
       <c r="AA100" s="1" t="s">
-        <v>792</v>
+        <v>781</v>
       </c>
     </row>
     <row r="101" spans="1:1024">
       <c r="A101" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>793</v>
+        <v>782</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>794</v>
+        <v>783</v>
       </c>
       <c r="D101" s="2" t="s">
-        <v>795</v>
+        <v>784</v>
       </c>
       <c r="E101" s="1" t="s">
-        <v>795</v>
+        <v>784</v>
       </c>
       <c r="F101" s="1" t="s">
-        <v>796</v>
+        <v>785</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>797</v>
+        <v>786</v>
       </c>
       <c r="H101" s="1"/>
       <c r="I101" s="1"/>
       <c r="J101" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K101" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L101" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M101" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N101" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O101" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P101" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q101" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R101" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S101" s="1" t="s">
-        <v>495</v>
+        <v>78</v>
       </c>
       <c r="T101" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U101" s="1"/>
       <c r="V101" s="3"/>
       <c r="W101" s="3" t="s">
-        <v>798</v>
+        <v>715</v>
       </c>
       <c r="X101" s="1" t="s">
-        <v>799</v>
+        <v>787</v>
       </c>
       <c r="Y101" s="1" t="s">
-        <v>800</v>
+        <v>788</v>
       </c>
       <c r="Z101" s="1" t="s">
-        <v>800</v>
+        <v>788</v>
       </c>
       <c r="AA101" s="1" t="s">
-        <v>801</v>
+        <v>789</v>
       </c>
     </row>
     <row r="102" spans="1:1024">
       <c r="A102" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>802</v>
+        <v>790</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>803</v>
+        <v>791</v>
       </c>
       <c r="D102" s="2" t="s">
-        <v>804</v>
+        <v>792</v>
       </c>
       <c r="E102" s="1" t="s">
-        <v>804</v>
+        <v>792</v>
       </c>
       <c r="F102" s="1" t="s">
-        <v>805</v>
+        <v>793</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>806</v>
+        <v>794</v>
       </c>
       <c r="H102" s="1"/>
       <c r="I102" s="1"/>
       <c r="J102" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K102" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L102" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M102" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N102" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O102" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P102" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q102" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R102" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S102" s="1" t="s">
-        <v>807</v>
+        <v>795</v>
       </c>
       <c r="T102" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U102" s="1"/>
       <c r="V102" s="3"/>
       <c r="W102" s="3" t="s">
-        <v>734</v>
+        <v>796</v>
       </c>
       <c r="X102" s="1" t="s">
-        <v>808</v>
+        <v>797</v>
       </c>
       <c r="Y102" s="1" t="s">
-        <v>809</v>
+        <v>798</v>
       </c>
       <c r="Z102" s="1" t="s">
-        <v>809</v>
+        <v>798</v>
       </c>
       <c r="AA102" s="1" t="s">
-        <v>810</v>
+        <v>799</v>
       </c>
     </row>
     <row r="103" spans="1:1024">
       <c r="A103" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>811</v>
+        <v>800</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>812</v>
+        <v>801</v>
       </c>
       <c r="D103" s="2" t="s">
-        <v>813</v>
+        <v>802</v>
       </c>
       <c r="E103" s="1" t="s">
-        <v>813</v>
+        <v>802</v>
       </c>
       <c r="F103" s="1" t="s">
-        <v>814</v>
+        <v>803</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>815</v>
+        <v>804</v>
       </c>
       <c r="H103" s="1"/>
       <c r="I103" s="1"/>
       <c r="J103" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K103" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L103" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M103" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N103" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O103" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P103" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q103" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R103" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S103" s="1" t="s">
-        <v>816</v>
+        <v>805</v>
       </c>
       <c r="T103" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U103" s="1"/>
       <c r="V103" s="3"/>
       <c r="W103" s="3" t="s">
-        <v>817</v>
+        <v>806</v>
       </c>
       <c r="X103" s="1" t="s">
-        <v>818</v>
+        <v>807</v>
       </c>
       <c r="Y103" s="1" t="s">
-        <v>819</v>
+        <v>612</v>
       </c>
       <c r="Z103" s="1" t="s">
-        <v>819</v>
+        <v>808</v>
       </c>
       <c r="AA103" s="1" t="s">
-        <v>820</v>
+        <v>809</v>
       </c>
     </row>
     <row r="104" spans="1:1024">
       <c r="A104" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>821</v>
+        <v>810</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>822</v>
+        <v>811</v>
       </c>
       <c r="D104" s="2" t="s">
-        <v>823</v>
+        <v>802</v>
       </c>
       <c r="E104" s="1" t="s">
-        <v>823</v>
+        <v>802</v>
       </c>
       <c r="F104" s="1" t="s">
-        <v>824</v>
+        <v>812</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>825</v>
+        <v>804</v>
       </c>
       <c r="H104" s="1"/>
       <c r="I104" s="1"/>
       <c r="J104" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K104" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L104" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M104" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N104" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O104" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P104" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q104" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R104" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S104" s="1" t="s">
-        <v>826</v>
+        <v>78</v>
       </c>
       <c r="T104" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U104" s="1"/>
       <c r="V104" s="3"/>
       <c r="W104" s="3" t="s">
-        <v>827</v>
+        <v>806</v>
       </c>
       <c r="X104" s="1" t="s">
-        <v>828</v>
+        <v>813</v>
       </c>
       <c r="Y104" s="1" t="s">
-        <v>631</v>
+        <v>612</v>
       </c>
       <c r="Z104" s="1" t="s">
-        <v>829</v>
+        <v>808</v>
       </c>
       <c r="AA104" s="1" t="s">
-        <v>830</v>
+        <v>814</v>
       </c>
     </row>
     <row r="105" spans="1:1024">
       <c r="A105" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>831</v>
+        <v>815</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>832</v>
+        <v>816</v>
       </c>
       <c r="D105" s="2" t="s">
-        <v>823</v>
+        <v>817</v>
       </c>
       <c r="E105" s="1" t="s">
-        <v>823</v>
+        <v>817</v>
       </c>
       <c r="F105" s="1" t="s">
-        <v>833</v>
+        <v>818</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>825</v>
+        <v>819</v>
       </c>
       <c r="H105" s="1"/>
       <c r="I105" s="1"/>
       <c r="J105" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K105" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L105" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M105" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N105" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O105" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P105" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q105" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R105" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S105" s="1" t="s">
-        <v>495</v>
+        <v>820</v>
       </c>
       <c r="T105" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U105" s="1"/>
       <c r="V105" s="3"/>
       <c r="W105" s="3" t="s">
-        <v>827</v>
+        <v>821</v>
       </c>
       <c r="X105" s="1" t="s">
-        <v>834</v>
+        <v>822</v>
       </c>
       <c r="Y105" s="1" t="s">
-        <v>631</v>
+        <v>806</v>
       </c>
       <c r="Z105" s="1" t="s">
-        <v>829</v>
+        <v>806</v>
       </c>
       <c r="AA105" s="1" t="s">
-        <v>835</v>
+        <v>823</v>
       </c>
     </row>
     <row r="106" spans="1:1024">
       <c r="A106" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>836</v>
+        <v>824</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>837</v>
+        <v>825</v>
       </c>
       <c r="D106" s="2" t="s">
-        <v>838</v>
+        <v>826</v>
       </c>
       <c r="E106" s="1" t="s">
-        <v>838</v>
+        <v>826</v>
       </c>
       <c r="F106" s="1" t="s">
-        <v>839</v>
+        <v>827</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>840</v>
+        <v>828</v>
       </c>
       <c r="H106" s="1"/>
       <c r="I106" s="1"/>
       <c r="J106" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K106" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L106" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M106" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N106" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O106" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P106" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q106" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R106" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S106" s="1" t="s">
-        <v>841</v>
+        <v>829</v>
       </c>
       <c r="T106" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U106" s="1"/>
       <c r="V106" s="3"/>
       <c r="W106" s="3" t="s">
-        <v>842</v>
+        <v>830</v>
       </c>
       <c r="X106" s="1" t="s">
-        <v>843</v>
+        <v>831</v>
       </c>
       <c r="Y106" s="1" t="s">
-        <v>827</v>
+        <v>832</v>
       </c>
       <c r="Z106" s="1" t="s">
-        <v>827</v>
+        <v>833</v>
       </c>
       <c r="AA106" s="1" t="s">
-        <v>844</v>
+        <v>834</v>
       </c>
     </row>
     <row r="107" spans="1:1024">
       <c r="A107" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>845</v>
+        <v>835</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>846</v>
+        <v>836</v>
       </c>
       <c r="D107" s="2" t="s">
-        <v>847</v>
+        <v>837</v>
       </c>
       <c r="E107" s="1" t="s">
-        <v>847</v>
+        <v>838</v>
       </c>
       <c r="F107" s="1" t="s">
-        <v>848</v>
+        <v>422</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>849</v>
+        <v>839</v>
       </c>
       <c r="H107" s="1"/>
       <c r="I107" s="1"/>
       <c r="J107" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K107" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L107" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M107" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N107" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O107" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P107" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q107" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R107" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S107" s="1" t="s">
-        <v>850</v>
+        <v>840</v>
       </c>
       <c r="T107" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U107" s="1"/>
       <c r="V107" s="3"/>
       <c r="W107" s="3" t="s">
-        <v>851</v>
+        <v>841</v>
       </c>
       <c r="X107" s="1" t="s">
-        <v>852</v>
+        <v>842</v>
       </c>
       <c r="Y107" s="1" t="s">
-        <v>853</v>
+        <v>832</v>
       </c>
       <c r="Z107" s="1" t="s">
-        <v>854</v>
+        <v>832</v>
       </c>
       <c r="AA107" s="1" t="s">
-        <v>855</v>
+        <v>843</v>
       </c>
     </row>
     <row r="108" spans="1:1024">
       <c r="A108" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>856</v>
+        <v>844</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>857</v>
+        <v>845</v>
       </c>
       <c r="D108" s="2" t="s">
-        <v>858</v>
+        <v>846</v>
       </c>
       <c r="E108" s="1" t="s">
-        <v>859</v>
+        <v>846</v>
       </c>
       <c r="F108" s="1" t="s">
-        <v>427</v>
+        <v>847</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>860</v>
+        <v>848</v>
       </c>
       <c r="H108" s="1"/>
       <c r="I108" s="1"/>
       <c r="J108" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K108" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L108" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M108" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N108" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O108" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P108" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q108" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R108" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S108" s="1" t="s">
-        <v>861</v>
+        <v>849</v>
       </c>
       <c r="T108" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U108" s="1"/>
       <c r="V108" s="3"/>
       <c r="W108" s="3" t="s">
-        <v>862</v>
+        <v>850</v>
       </c>
       <c r="X108" s="1" t="s">
-        <v>863</v>
+        <v>851</v>
       </c>
       <c r="Y108" s="1" t="s">
+        <v>852</v>
+      </c>
+      <c r="Z108" s="1" t="s">
+        <v>852</v>
+      </c>
+      <c r="AA108" s="1" t="s">
         <v>853</v>
-      </c>
-[...4 lines deleted...]
-        <v>864</v>
       </c>
     </row>
     <row r="109" spans="1:1024">
       <c r="A109" s="1" t="s">
-        <v>31</v>
+        <v>89</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>865</v>
+        <v>854</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>866</v>
+        <v>855</v>
       </c>
       <c r="D109" s="2" t="s">
-        <v>867</v>
+        <v>856</v>
       </c>
       <c r="E109" s="1" t="s">
-        <v>867</v>
-[...6 lines deleted...]
-      </c>
+        <v>856</v>
+      </c>
+      <c r="F109" s="1"/>
+      <c r="G109" s="1"/>
       <c r="H109" s="1"/>
       <c r="I109" s="1"/>
       <c r="J109" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K109" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L109" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M109" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N109" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O109" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P109" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q109" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R109" s="3" t="s">
-        <v>37</v>
-[...3 lines deleted...]
-      </c>
+        <v>39</v>
+      </c>
+      <c r="S109" s="1"/>
       <c r="T109" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U109" s="1"/>
       <c r="V109" s="3"/>
       <c r="W109" s="3" t="s">
-        <v>871</v>
-[...3 lines deleted...]
-      </c>
+        <v>857</v>
+      </c>
+      <c r="X109" s="1"/>
       <c r="Y109" s="1" t="s">
-        <v>873</v>
+        <v>858</v>
       </c>
       <c r="Z109" s="1" t="s">
-        <v>873</v>
+        <v>858</v>
       </c>
       <c r="AA109" s="1" t="s">
-        <v>874</v>
+        <v>859</v>
       </c>
     </row>
     <row r="110" spans="1:1024">
       <c r="A110" s="1" t="s">
-        <v>201</v>
+        <v>31</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>875</v>
+        <v>860</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>876</v>
+        <v>861</v>
       </c>
       <c r="D110" s="2" t="s">
-        <v>877</v>
+        <v>862</v>
       </c>
       <c r="E110" s="1" t="s">
-        <v>877</v>
-[...2 lines deleted...]
-      <c r="G110" s="1"/>
+        <v>862</v>
+      </c>
+      <c r="F110" s="1" t="s">
+        <v>863</v>
+      </c>
+      <c r="G110" s="1" t="s">
+        <v>864</v>
+      </c>
       <c r="H110" s="1"/>
       <c r="I110" s="1"/>
       <c r="J110" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K110" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L110" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M110" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N110" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O110" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P110" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q110" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R110" s="3" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="S110" s="1"/>
+        <v>39</v>
+      </c>
+      <c r="S110" s="1" t="s">
+        <v>865</v>
+      </c>
       <c r="T110" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U110" s="1"/>
       <c r="V110" s="3"/>
       <c r="W110" s="3" t="s">
-        <v>878</v>
-[...1 lines deleted...]
-      <c r="X110" s="1"/>
+        <v>866</v>
+      </c>
+      <c r="X110" s="1" t="s">
+        <v>867</v>
+      </c>
       <c r="Y110" s="1" t="s">
-        <v>879</v>
+        <v>868</v>
       </c>
       <c r="Z110" s="1" t="s">
-        <v>879</v>
+        <v>869</v>
       </c>
       <c r="AA110" s="1" t="s">
-        <v>880</v>
+        <v>870</v>
       </c>
     </row>
     <row r="111" spans="1:1024">
       <c r="A111" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>881</v>
+        <v>871</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>882</v>
+        <v>872</v>
       </c>
       <c r="D111" s="2" t="s">
-        <v>883</v>
+        <v>873</v>
       </c>
       <c r="E111" s="1" t="s">
-        <v>883</v>
+        <v>873</v>
       </c>
       <c r="F111" s="1" t="s">
-        <v>884</v>
+        <v>874</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>885</v>
+        <v>875</v>
       </c>
       <c r="H111" s="1"/>
       <c r="I111" s="1"/>
       <c r="J111" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K111" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L111" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M111" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N111" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O111" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P111" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q111" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R111" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S111" s="1" t="s">
-        <v>886</v>
+        <v>69</v>
       </c>
       <c r="T111" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U111" s="1"/>
       <c r="V111" s="3"/>
       <c r="W111" s="3" t="s">
-        <v>887</v>
+        <v>876</v>
       </c>
       <c r="X111" s="1" t="s">
-        <v>888</v>
+        <v>877</v>
       </c>
       <c r="Y111" s="1" t="s">
-        <v>889</v>
+        <v>878</v>
       </c>
       <c r="Z111" s="1" t="s">
-        <v>890</v>
+        <v>879</v>
       </c>
       <c r="AA111" s="1" t="s">
-        <v>891</v>
+        <v>880</v>
       </c>
     </row>
     <row r="112" spans="1:1024">
       <c r="A112" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>892</v>
+        <v>881</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>893</v>
+        <v>882</v>
       </c>
       <c r="D112" s="2" t="s">
-        <v>894</v>
+        <v>883</v>
       </c>
       <c r="E112" s="1" t="s">
-        <v>894</v>
+        <v>883</v>
       </c>
       <c r="F112" s="1" t="s">
-        <v>895</v>
+        <v>884</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>896</v>
+        <v>885</v>
       </c>
       <c r="H112" s="1"/>
       <c r="I112" s="1"/>
       <c r="J112" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K112" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="L112" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M112" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N112" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O112" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P112" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q112" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R112" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S112" s="1" t="s">
-        <v>526</v>
+        <v>141</v>
       </c>
       <c r="T112" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U112" s="1"/>
       <c r="V112" s="3"/>
       <c r="W112" s="3" t="s">
-        <v>897</v>
+        <v>886</v>
       </c>
       <c r="X112" s="1" t="s">
-        <v>898</v>
+        <v>887</v>
       </c>
       <c r="Y112" s="1" t="s">
-        <v>899</v>
+        <v>888</v>
       </c>
       <c r="Z112" s="1" t="s">
-        <v>900</v>
+        <v>888</v>
       </c>
       <c r="AA112" s="1" t="s">
-        <v>901</v>
+        <v>889</v>
       </c>
     </row>
     <row r="113" spans="1:1024">
       <c r="A113" s="1" t="s">
-        <v>31</v>
+        <v>89</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>902</v>
+        <v>890</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>903</v>
+        <v>891</v>
       </c>
       <c r="D113" s="2" t="s">
-        <v>904</v>
+        <v>892</v>
       </c>
       <c r="E113" s="1" t="s">
-        <v>904</v>
-[...6 lines deleted...]
-      </c>
+        <v>892</v>
+      </c>
+      <c r="F113" s="1"/>
+      <c r="G113" s="1"/>
       <c r="H113" s="1"/>
       <c r="I113" s="1"/>
       <c r="J113" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K113" s="1" t="s">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="L113" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M113" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N113" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O113" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P113" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q113" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R113" s="3" t="s">
-        <v>37</v>
-[...3 lines deleted...]
-      </c>
+        <v>39</v>
+      </c>
+      <c r="S113" s="1"/>
       <c r="T113" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U113" s="1"/>
       <c r="V113" s="3"/>
       <c r="W113" s="3" t="s">
-        <v>907</v>
-[...3 lines deleted...]
-      </c>
+        <v>893</v>
+      </c>
+      <c r="X113" s="1"/>
       <c r="Y113" s="1" t="s">
-        <v>909</v>
+        <v>894</v>
       </c>
       <c r="Z113" s="1" t="s">
-        <v>909</v>
+        <v>894</v>
       </c>
       <c r="AA113" s="1" t="s">
-        <v>910</v>
+        <v>895</v>
       </c>
     </row>
     <row r="114" spans="1:1024">
       <c r="A114" s="1" t="s">
-        <v>201</v>
+        <v>31</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>911</v>
+        <v>800</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>912</v>
+        <v>801</v>
       </c>
       <c r="D114" s="2" t="s">
-        <v>913</v>
+        <v>802</v>
       </c>
       <c r="E114" s="1" t="s">
-        <v>913</v>
-[...2 lines deleted...]
-      <c r="G114" s="1"/>
+        <v>802</v>
+      </c>
+      <c r="F114" s="1" t="s">
+        <v>803</v>
+      </c>
+      <c r="G114" s="1" t="s">
+        <v>804</v>
+      </c>
       <c r="H114" s="1"/>
       <c r="I114" s="1"/>
       <c r="J114" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K114" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L114" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M114" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N114" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O114" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P114" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q114" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R114" s="3" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="S114" s="1"/>
+        <v>39</v>
+      </c>
+      <c r="S114" s="1" t="s">
+        <v>805</v>
+      </c>
       <c r="T114" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U114" s="1"/>
       <c r="V114" s="3"/>
       <c r="W114" s="3" t="s">
-        <v>914</v>
-[...1 lines deleted...]
-      <c r="X114" s="1"/>
+        <v>896</v>
+      </c>
+      <c r="X114" s="1" t="s">
+        <v>807</v>
+      </c>
       <c r="Y114" s="1" t="s">
-        <v>915</v>
+        <v>897</v>
       </c>
       <c r="Z114" s="1" t="s">
-        <v>915</v>
+        <v>897</v>
       </c>
       <c r="AA114" s="1" t="s">
-        <v>916</v>
+        <v>898</v>
       </c>
     </row>
     <row r="115" spans="1:1024">
       <c r="A115" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>821</v>
+        <v>810</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>822</v>
+        <v>811</v>
       </c>
       <c r="D115" s="2" t="s">
-        <v>823</v>
+        <v>802</v>
       </c>
       <c r="E115" s="1" t="s">
-        <v>823</v>
+        <v>802</v>
       </c>
       <c r="F115" s="1" t="s">
-        <v>824</v>
+        <v>812</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>825</v>
+        <v>804</v>
       </c>
       <c r="H115" s="1"/>
       <c r="I115" s="1"/>
       <c r="J115" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K115" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L115" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M115" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N115" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O115" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P115" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q115" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R115" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S115" s="1" t="s">
-        <v>826</v>
+        <v>78</v>
       </c>
       <c r="T115" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U115" s="1"/>
       <c r="V115" s="3"/>
       <c r="W115" s="3" t="s">
-        <v>917</v>
+        <v>896</v>
       </c>
       <c r="X115" s="1" t="s">
-        <v>828</v>
+        <v>813</v>
       </c>
       <c r="Y115" s="1" t="s">
-        <v>918</v>
+        <v>897</v>
       </c>
       <c r="Z115" s="1" t="s">
-        <v>918</v>
+        <v>897</v>
       </c>
       <c r="AA115" s="1" t="s">
-        <v>919</v>
+        <v>899</v>
       </c>
     </row>
     <row r="116" spans="1:1024">
       <c r="A116" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>831</v>
+        <v>900</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>832</v>
+        <v>901</v>
       </c>
       <c r="D116" s="2" t="s">
-        <v>823</v>
+        <v>902</v>
       </c>
       <c r="E116" s="1" t="s">
-        <v>823</v>
+        <v>902</v>
       </c>
       <c r="F116" s="1" t="s">
-        <v>833</v>
+        <v>903</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>825</v>
+        <v>904</v>
       </c>
       <c r="H116" s="1"/>
       <c r="I116" s="1"/>
       <c r="J116" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K116" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L116" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M116" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N116" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O116" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P116" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q116" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R116" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S116" s="1" t="s">
-        <v>495</v>
+        <v>905</v>
       </c>
       <c r="T116" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U116" s="1"/>
       <c r="V116" s="3"/>
       <c r="W116" s="3" t="s">
-        <v>917</v>
+        <v>896</v>
       </c>
       <c r="X116" s="1" t="s">
-        <v>834</v>
+        <v>906</v>
       </c>
       <c r="Y116" s="1" t="s">
-        <v>918</v>
+        <v>907</v>
       </c>
       <c r="Z116" s="1" t="s">
-        <v>918</v>
+        <v>907</v>
       </c>
       <c r="AA116" s="1" t="s">
-        <v>920</v>
+        <v>908</v>
       </c>
     </row>
     <row r="117" spans="1:1024">
       <c r="A117" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>921</v>
+        <v>909</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>922</v>
+        <v>910</v>
       </c>
       <c r="D117" s="2" t="s">
-        <v>923</v>
+        <v>911</v>
       </c>
       <c r="E117" s="1" t="s">
-        <v>923</v>
+        <v>911</v>
       </c>
       <c r="F117" s="1" t="s">
-        <v>924</v>
+        <v>912</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>925</v>
+        <v>913</v>
       </c>
       <c r="H117" s="1"/>
       <c r="I117" s="1"/>
       <c r="J117" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K117" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L117" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M117" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N117" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O117" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P117" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q117" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R117" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S117" s="1" t="s">
-        <v>926</v>
+        <v>78</v>
       </c>
       <c r="T117" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U117" s="1"/>
       <c r="V117" s="3"/>
       <c r="W117" s="3" t="s">
+        <v>914</v>
+      </c>
+      <c r="X117" s="1" t="s">
+        <v>915</v>
+      </c>
+      <c r="Y117" s="1" t="s">
+        <v>916</v>
+      </c>
+      <c r="Z117" s="1" t="s">
+        <v>916</v>
+      </c>
+      <c r="AA117" s="1" t="s">
         <v>917</v>
-      </c>
-[...10 lines deleted...]
-        <v>929</v>
       </c>
     </row>
     <row r="118" spans="1:1024">
       <c r="A118" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>930</v>
+        <v>918</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>931</v>
+        <v>919</v>
       </c>
       <c r="D118" s="2" t="s">
-        <v>932</v>
+        <v>920</v>
       </c>
       <c r="E118" s="1" t="s">
-        <v>932</v>
+        <v>920</v>
       </c>
       <c r="F118" s="1" t="s">
-        <v>933</v>
+        <v>921</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>934</v>
+        <v>922</v>
       </c>
       <c r="H118" s="1"/>
       <c r="I118" s="1"/>
       <c r="J118" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K118" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L118" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M118" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N118" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O118" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P118" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q118" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R118" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S118" s="1" t="s">
-        <v>495</v>
+        <v>923</v>
       </c>
       <c r="T118" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U118" s="1"/>
       <c r="V118" s="3"/>
       <c r="W118" s="3" t="s">
-        <v>935</v>
+        <v>924</v>
       </c>
       <c r="X118" s="1" t="s">
-        <v>936</v>
+        <v>925</v>
       </c>
       <c r="Y118" s="1" t="s">
-        <v>937</v>
+        <v>926</v>
       </c>
       <c r="Z118" s="1" t="s">
-        <v>937</v>
+        <v>926</v>
       </c>
       <c r="AA118" s="1" t="s">
-        <v>938</v>
+        <v>927</v>
       </c>
     </row>
     <row r="119" spans="1:1024">
       <c r="A119" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>939</v>
+        <v>928</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>940</v>
+        <v>929</v>
       </c>
       <c r="D119" s="2" t="s">
-        <v>941</v>
+        <v>930</v>
       </c>
       <c r="E119" s="1" t="s">
-        <v>941</v>
+        <v>931</v>
       </c>
       <c r="F119" s="1" t="s">
-        <v>942</v>
+        <v>932</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>943</v>
+        <v>933</v>
       </c>
       <c r="H119" s="1"/>
       <c r="I119" s="1"/>
       <c r="J119" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K119" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L119" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M119" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N119" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O119" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P119" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q119" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R119" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S119" s="1" t="s">
-        <v>944</v>
+        <v>829</v>
       </c>
       <c r="T119" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U119" s="1"/>
       <c r="V119" s="3"/>
       <c r="W119" s="3" t="s">
-        <v>945</v>
+        <v>934</v>
       </c>
       <c r="X119" s="1" t="s">
-        <v>946</v>
+        <v>935</v>
       </c>
       <c r="Y119" s="1" t="s">
-        <v>947</v>
+        <v>936</v>
       </c>
       <c r="Z119" s="1" t="s">
-        <v>947</v>
+        <v>937</v>
       </c>
       <c r="AA119" s="1" t="s">
-        <v>948</v>
+        <v>938</v>
       </c>
     </row>
     <row r="120" spans="1:1024">
       <c r="A120" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>949</v>
+        <v>939</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>950</v>
+        <v>940</v>
       </c>
       <c r="D120" s="2" t="s">
-        <v>951</v>
+        <v>941</v>
       </c>
       <c r="E120" s="1" t="s">
-        <v>952</v>
+        <v>941</v>
       </c>
       <c r="F120" s="1" t="s">
-        <v>953</v>
+        <v>942</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>954</v>
+        <v>943</v>
       </c>
       <c r="H120" s="1"/>
       <c r="I120" s="1"/>
       <c r="J120" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K120" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L120" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M120" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N120" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O120" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P120" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q120" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R120" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S120" s="1" t="s">
-        <v>850</v>
+        <v>944</v>
       </c>
       <c r="T120" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U120" s="1"/>
       <c r="V120" s="3"/>
       <c r="W120" s="3" t="s">
-        <v>955</v>
+        <v>945</v>
       </c>
       <c r="X120" s="1" t="s">
-        <v>956</v>
+        <v>946</v>
       </c>
       <c r="Y120" s="1" t="s">
-        <v>957</v>
+        <v>945</v>
       </c>
       <c r="Z120" s="1" t="s">
-        <v>958</v>
+        <v>945</v>
       </c>
       <c r="AA120" s="1" t="s">
-        <v>959</v>
+        <v>947</v>
       </c>
     </row>
     <row r="121" spans="1:1024">
       <c r="A121" s="1" t="s">
-        <v>31</v>
+        <v>89</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>960</v>
+        <v>948</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>961</v>
+        <v>949</v>
       </c>
       <c r="D121" s="2" t="s">
-        <v>962</v>
+        <v>950</v>
       </c>
       <c r="E121" s="1" t="s">
-        <v>962</v>
-[...6 lines deleted...]
-      </c>
+        <v>950</v>
+      </c>
+      <c r="F121" s="1"/>
+      <c r="G121" s="1"/>
       <c r="H121" s="1"/>
       <c r="I121" s="1"/>
       <c r="J121" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K121" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L121" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M121" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N121" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O121" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P121" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q121" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R121" s="3" t="s">
-        <v>37</v>
-[...3 lines deleted...]
-      </c>
+        <v>39</v>
+      </c>
+      <c r="S121" s="1"/>
       <c r="T121" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U121" s="1"/>
       <c r="V121" s="3"/>
       <c r="W121" s="3" t="s">
-        <v>966</v>
-[...3 lines deleted...]
-      </c>
+        <v>951</v>
+      </c>
+      <c r="X121" s="1"/>
       <c r="Y121" s="1" t="s">
-        <v>966</v>
+        <v>952</v>
       </c>
       <c r="Z121" s="1" t="s">
-        <v>966</v>
+        <v>952</v>
       </c>
       <c r="AA121" s="1" t="s">
-        <v>968</v>
+        <v>953</v>
       </c>
     </row>
     <row r="122" spans="1:1024">
       <c r="A122" s="1" t="s">
-        <v>201</v>
+        <v>31</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>969</v>
+        <v>954</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>970</v>
+        <v>955</v>
       </c>
       <c r="D122" s="2" t="s">
-        <v>971</v>
+        <v>956</v>
       </c>
       <c r="E122" s="1" t="s">
-        <v>971</v>
-[...2 lines deleted...]
-      <c r="G122" s="1"/>
+        <v>956</v>
+      </c>
+      <c r="F122" s="1" t="s">
+        <v>957</v>
+      </c>
+      <c r="G122" s="1" t="s">
+        <v>958</v>
+      </c>
       <c r="H122" s="1"/>
       <c r="I122" s="1"/>
       <c r="J122" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K122" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L122" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M122" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N122" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O122" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P122" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q122" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R122" s="3" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="S122" s="1"/>
+        <v>39</v>
+      </c>
+      <c r="S122" s="1" t="s">
+        <v>317</v>
+      </c>
       <c r="T122" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U122" s="1"/>
       <c r="V122" s="3"/>
       <c r="W122" s="3" t="s">
-        <v>972</v>
-[...1 lines deleted...]
-      <c r="X122" s="1"/>
+        <v>959</v>
+      </c>
+      <c r="X122" s="1" t="s">
+        <v>960</v>
+      </c>
       <c r="Y122" s="1" t="s">
-        <v>973</v>
+        <v>961</v>
       </c>
       <c r="Z122" s="1" t="s">
-        <v>973</v>
+        <v>961</v>
       </c>
       <c r="AA122" s="1" t="s">
-        <v>974</v>
+        <v>962</v>
       </c>
     </row>
     <row r="123" spans="1:1024">
       <c r="A123" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>975</v>
+        <v>963</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>976</v>
+        <v>964</v>
       </c>
       <c r="D123" s="2" t="s">
-        <v>977</v>
+        <v>965</v>
       </c>
       <c r="E123" s="1" t="s">
-        <v>977</v>
+        <v>965</v>
       </c>
       <c r="F123" s="1" t="s">
-        <v>978</v>
+        <v>374</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>979</v>
+        <v>966</v>
       </c>
       <c r="H123" s="1"/>
       <c r="I123" s="1"/>
       <c r="J123" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K123" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L123" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M123" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N123" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O123" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P123" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q123" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R123" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S123" s="1" t="s">
-        <v>322</v>
+        <v>967</v>
       </c>
       <c r="T123" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U123" s="1"/>
       <c r="V123" s="3"/>
       <c r="W123" s="3" t="s">
-        <v>980</v>
+        <v>968</v>
       </c>
       <c r="X123" s="1" t="s">
-        <v>981</v>
+        <v>969</v>
       </c>
       <c r="Y123" s="1" t="s">
-        <v>982</v>
+        <v>970</v>
       </c>
       <c r="Z123" s="1" t="s">
-        <v>982</v>
+        <v>970</v>
       </c>
       <c r="AA123" s="1" t="s">
-        <v>983</v>
+        <v>971</v>
       </c>
     </row>
     <row r="124" spans="1:1024">
       <c r="A124" s="1" t="s">
-        <v>31</v>
+        <v>89</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>984</v>
+        <v>972</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>985</v>
+        <v>973</v>
       </c>
       <c r="D124" s="2" t="s">
-        <v>986</v>
+        <v>974</v>
       </c>
       <c r="E124" s="1" t="s">
-        <v>986</v>
-[...8 lines deleted...]
-      <c r="I124" s="1"/>
+        <v>974</v>
+      </c>
+      <c r="F124" s="1"/>
+      <c r="G124" s="1"/>
+      <c r="H124" s="1" t="s">
+        <v>975</v>
+      </c>
+      <c r="I124" s="1" t="s">
+        <v>976</v>
+      </c>
       <c r="J124" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K124" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L124" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M124" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N124" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O124" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P124" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q124" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R124" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S124" s="1" t="s">
-        <v>988</v>
+        <v>977</v>
       </c>
       <c r="T124" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U124" s="1"/>
       <c r="V124" s="3"/>
       <c r="W124" s="3" t="s">
-        <v>989</v>
+        <v>978</v>
       </c>
       <c r="X124" s="1" t="s">
-        <v>990</v>
+        <v>979</v>
       </c>
       <c r="Y124" s="1" t="s">
-        <v>991</v>
+        <v>980</v>
       </c>
       <c r="Z124" s="1" t="s">
-        <v>991</v>
+        <v>980</v>
       </c>
       <c r="AA124" s="1" t="s">
-        <v>992</v>
+        <v>981</v>
       </c>
     </row>
     <row r="125" spans="1:1024">
       <c r="A125" s="1" t="s">
-        <v>201</v>
+        <v>31</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>993</v>
+        <v>982</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>994</v>
+        <v>983</v>
       </c>
       <c r="D125" s="2" t="s">
-        <v>995</v>
+        <v>984</v>
       </c>
       <c r="E125" s="1" t="s">
-        <v>995</v>
-[...8 lines deleted...]
-      </c>
+        <v>984</v>
+      </c>
+      <c r="F125" s="1" t="s">
+        <v>985</v>
+      </c>
+      <c r="G125" s="1" t="s">
+        <v>986</v>
+      </c>
+      <c r="H125" s="1"/>
+      <c r="I125" s="1"/>
       <c r="J125" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K125" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L125" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M125" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N125" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O125" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P125" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q125" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R125" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S125" s="1" t="s">
-        <v>998</v>
+        <v>69</v>
       </c>
       <c r="T125" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U125" s="1"/>
       <c r="V125" s="3"/>
       <c r="W125" s="3" t="s">
-        <v>999</v>
+        <v>987</v>
       </c>
       <c r="X125" s="1" t="s">
-        <v>1000</v>
+        <v>988</v>
       </c>
       <c r="Y125" s="1" t="s">
-        <v>1001</v>
+        <v>989</v>
       </c>
       <c r="Z125" s="1" t="s">
-        <v>1001</v>
+        <v>989</v>
       </c>
       <c r="AA125" s="1" t="s">
-        <v>1002</v>
+        <v>990</v>
       </c>
     </row>
     <row r="126" spans="1:1024">
       <c r="A126" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>1003</v>
+        <v>991</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>1004</v>
+        <v>992</v>
       </c>
       <c r="D126" s="2" t="s">
-        <v>1005</v>
+        <v>993</v>
       </c>
       <c r="E126" s="1" t="s">
-        <v>1005</v>
+        <v>993</v>
       </c>
       <c r="F126" s="1" t="s">
-        <v>1006</v>
+        <v>994</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>1007</v>
+        <v>995</v>
       </c>
       <c r="H126" s="1"/>
       <c r="I126" s="1"/>
       <c r="J126" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K126" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L126" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M126" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N126" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O126" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P126" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q126" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R126" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S126" s="1" t="s">
-        <v>526</v>
+        <v>996</v>
       </c>
       <c r="T126" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U126" s="1"/>
       <c r="V126" s="3"/>
       <c r="W126" s="3" t="s">
-        <v>1008</v>
+        <v>997</v>
       </c>
       <c r="X126" s="1" t="s">
-        <v>1009</v>
+        <v>998</v>
       </c>
       <c r="Y126" s="1" t="s">
-        <v>1010</v>
+        <v>999</v>
       </c>
       <c r="Z126" s="1" t="s">
-        <v>1010</v>
+        <v>999</v>
       </c>
       <c r="AA126" s="1" t="s">
-        <v>1011</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="127" spans="1:1024">
       <c r="A127" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>1012</v>
+        <v>1001</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>1013</v>
+        <v>1002</v>
       </c>
       <c r="D127" s="2" t="s">
-        <v>1014</v>
+        <v>1003</v>
       </c>
       <c r="E127" s="1" t="s">
-        <v>1014</v>
+        <v>1003</v>
       </c>
       <c r="F127" s="1" t="s">
-        <v>1015</v>
+        <v>1004</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>1016</v>
+        <v>1005</v>
       </c>
       <c r="H127" s="1"/>
       <c r="I127" s="1"/>
       <c r="J127" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K127" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L127" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M127" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N127" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O127" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P127" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q127" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R127" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S127" s="1" t="s">
-        <v>1017</v>
+        <v>52</v>
       </c>
       <c r="T127" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U127" s="1"/>
       <c r="V127" s="3"/>
       <c r="W127" s="3" t="s">
-        <v>1018</v>
+        <v>1006</v>
       </c>
       <c r="X127" s="1" t="s">
-        <v>1019</v>
+        <v>1007</v>
       </c>
       <c r="Y127" s="1" t="s">
-        <v>1020</v>
+        <v>1008</v>
       </c>
       <c r="Z127" s="1" t="s">
-        <v>1020</v>
+        <v>1008</v>
       </c>
       <c r="AA127" s="1" t="s">
-        <v>1021</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="128" spans="1:1024">
       <c r="A128" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>1022</v>
+        <v>1010</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>1023</v>
+        <v>1011</v>
       </c>
       <c r="D128" s="2" t="s">
-        <v>1024</v>
+        <v>1003</v>
       </c>
       <c r="E128" s="1" t="s">
-        <v>1024</v>
+        <v>1003</v>
       </c>
       <c r="F128" s="1" t="s">
-        <v>1025</v>
+        <v>1004</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>1026</v>
+        <v>1005</v>
       </c>
       <c r="H128" s="1"/>
       <c r="I128" s="1"/>
       <c r="J128" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K128" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L128" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M128" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N128" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O128" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P128" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q128" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R128" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S128" s="1" t="s">
-        <v>242</v>
+        <v>1012</v>
       </c>
       <c r="T128" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U128" s="1"/>
       <c r="V128" s="3"/>
       <c r="W128" s="3" t="s">
-        <v>1027</v>
+        <v>1006</v>
       </c>
       <c r="X128" s="1" t="s">
-        <v>1028</v>
+        <v>1013</v>
       </c>
       <c r="Y128" s="1" t="s">
-        <v>1029</v>
+        <v>1008</v>
       </c>
       <c r="Z128" s="1" t="s">
-        <v>1029</v>
+        <v>1008</v>
       </c>
       <c r="AA128" s="1" t="s">
-        <v>1030</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="129" spans="1:1024">
       <c r="A129" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>1031</v>
+        <v>1015</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>1032</v>
+        <v>1016</v>
       </c>
       <c r="D129" s="2" t="s">
-        <v>1024</v>
+        <v>1017</v>
       </c>
       <c r="E129" s="1" t="s">
-        <v>1024</v>
+        <v>1017</v>
       </c>
       <c r="F129" s="1" t="s">
-        <v>1025</v>
+        <v>1018</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>1026</v>
+        <v>1019</v>
       </c>
       <c r="H129" s="1"/>
       <c r="I129" s="1"/>
       <c r="J129" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K129" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L129" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M129" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N129" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O129" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P129" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q129" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R129" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S129" s="1" t="s">
-        <v>302</v>
+        <v>194</v>
       </c>
       <c r="T129" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U129" s="1"/>
       <c r="V129" s="3"/>
       <c r="W129" s="3" t="s">
-        <v>1027</v>
+        <v>1020</v>
       </c>
       <c r="X129" s="1" t="s">
-        <v>1033</v>
+        <v>1021</v>
       </c>
       <c r="Y129" s="1" t="s">
-        <v>1029</v>
+        <v>1022</v>
       </c>
       <c r="Z129" s="1" t="s">
-        <v>1029</v>
+        <v>1022</v>
       </c>
       <c r="AA129" s="1" t="s">
-        <v>1034</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="130" spans="1:1024">
       <c r="A130" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>1035</v>
+        <v>1024</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>1036</v>
+        <v>1025</v>
       </c>
       <c r="D130" s="2" t="s">
-        <v>1037</v>
+        <v>1026</v>
       </c>
       <c r="E130" s="1" t="s">
-        <v>1037</v>
+        <v>1026</v>
       </c>
       <c r="F130" s="1" t="s">
-        <v>1038</v>
+        <v>1027</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>1039</v>
+        <v>1028</v>
       </c>
       <c r="H130" s="1"/>
       <c r="I130" s="1"/>
       <c r="J130" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K130" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="L130" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M130" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N130" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O130" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="P130" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q130" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R130" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S130" s="1" t="s">
-        <v>129</v>
+        <v>1029</v>
       </c>
       <c r="T130" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U130" s="1"/>
       <c r="V130" s="3"/>
       <c r="W130" s="3" t="s">
-        <v>1040</v>
+        <v>1030</v>
       </c>
       <c r="X130" s="1" t="s">
-        <v>1041</v>
+        <v>1031</v>
       </c>
       <c r="Y130" s="1" t="s">
-        <v>1042</v>
+        <v>1032</v>
       </c>
       <c r="Z130" s="1" t="s">
-        <v>1042</v>
+        <v>1032</v>
       </c>
       <c r="AA130" s="1" t="s">
-        <v>1043</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="131" spans="1:1024">
       <c r="A131" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>1044</v>
+        <v>1034</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>1045</v>
+        <v>1035</v>
       </c>
       <c r="D131" s="2" t="s">
-        <v>1046</v>
+        <v>1036</v>
       </c>
       <c r="E131" s="1" t="s">
-        <v>1046</v>
+        <v>1036</v>
       </c>
       <c r="F131" s="1" t="s">
-        <v>1047</v>
+        <v>1037</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>1048</v>
+        <v>1038</v>
       </c>
       <c r="H131" s="1"/>
       <c r="I131" s="1"/>
       <c r="J131" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K131" s="1" t="s">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="L131" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M131" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N131" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O131" s="1" t="s">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="P131" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q131" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R131" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S131" s="1" t="s">
-        <v>1049</v>
+        <v>755</v>
       </c>
       <c r="T131" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U131" s="1"/>
       <c r="V131" s="3"/>
       <c r="W131" s="3" t="s">
-        <v>1050</v>
+        <v>1039</v>
       </c>
       <c r="X131" s="1" t="s">
-        <v>1051</v>
+        <v>1040</v>
       </c>
       <c r="Y131" s="1" t="s">
-        <v>1052</v>
+        <v>1041</v>
       </c>
       <c r="Z131" s="1" t="s">
-        <v>1052</v>
+        <v>1041</v>
       </c>
       <c r="AA131" s="1" t="s">
-        <v>1053</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="132" spans="1:1024">
       <c r="A132" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>1054</v>
+        <v>1043</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>1055</v>
+        <v>1044</v>
       </c>
       <c r="D132" s="2" t="s">
-        <v>1056</v>
+        <v>1045</v>
       </c>
       <c r="E132" s="1" t="s">
-        <v>1056</v>
+        <v>1045</v>
       </c>
       <c r="F132" s="1" t="s">
-        <v>1057</v>
+        <v>1046</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>1058</v>
+        <v>1047</v>
       </c>
       <c r="H132" s="1"/>
       <c r="I132" s="1"/>
       <c r="J132" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K132" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L132" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M132" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N132" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O132" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P132" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q132" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R132" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S132" s="1" t="s">
-        <v>774</v>
+        <v>437</v>
       </c>
       <c r="T132" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U132" s="1"/>
       <c r="V132" s="3"/>
       <c r="W132" s="3" t="s">
-        <v>1059</v>
+        <v>1048</v>
       </c>
       <c r="X132" s="1" t="s">
-        <v>1060</v>
+        <v>1049</v>
       </c>
       <c r="Y132" s="1" t="s">
-        <v>1061</v>
+        <v>1050</v>
       </c>
       <c r="Z132" s="1" t="s">
-        <v>1061</v>
+        <v>1050</v>
       </c>
       <c r="AA132" s="1" t="s">
-        <v>1062</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="133" spans="1:1024">
       <c r="A133" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>1063</v>
+        <v>928</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>1064</v>
+        <v>929</v>
       </c>
       <c r="D133" s="2" t="s">
-        <v>1065</v>
+        <v>930</v>
       </c>
       <c r="E133" s="1" t="s">
-        <v>1065</v>
+        <v>931</v>
       </c>
       <c r="F133" s="1" t="s">
-        <v>1066</v>
+        <v>932</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>1067</v>
+        <v>933</v>
       </c>
       <c r="H133" s="1"/>
       <c r="I133" s="1"/>
       <c r="J133" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K133" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L133" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M133" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N133" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O133" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P133" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q133" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R133" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S133" s="1" t="s">
-        <v>442</v>
+        <v>829</v>
       </c>
       <c r="T133" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U133" s="1"/>
       <c r="V133" s="3"/>
       <c r="W133" s="3" t="s">
-        <v>1068</v>
+        <v>1052</v>
       </c>
       <c r="X133" s="1" t="s">
-        <v>1069</v>
+        <v>935</v>
       </c>
       <c r="Y133" s="1" t="s">
-        <v>1070</v>
+        <v>1053</v>
       </c>
       <c r="Z133" s="1" t="s">
-        <v>1070</v>
+        <v>1053</v>
       </c>
       <c r="AA133" s="1" t="s">
-        <v>1071</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="134" spans="1:1024">
       <c r="A134" s="1" t="s">
-        <v>31</v>
+        <v>89</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>949</v>
+        <v>890</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>950</v>
+        <v>891</v>
       </c>
       <c r="D134" s="2" t="s">
-        <v>951</v>
+        <v>892</v>
       </c>
       <c r="E134" s="1" t="s">
-        <v>952</v>
-[...6 lines deleted...]
-      </c>
+        <v>892</v>
+      </c>
+      <c r="F134" s="1"/>
+      <c r="G134" s="1"/>
       <c r="H134" s="1"/>
       <c r="I134" s="1"/>
       <c r="J134" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K134" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L134" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M134" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N134" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O134" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P134" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q134" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R134" s="3" t="s">
-        <v>37</v>
-[...3 lines deleted...]
-      </c>
+        <v>39</v>
+      </c>
+      <c r="S134" s="1"/>
       <c r="T134" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U134" s="1"/>
       <c r="V134" s="3"/>
       <c r="W134" s="3" t="s">
-        <v>1072</v>
-[...3 lines deleted...]
-      </c>
+        <v>1055</v>
+      </c>
+      <c r="X134" s="1"/>
       <c r="Y134" s="1" t="s">
-        <v>1073</v>
+        <v>1055</v>
       </c>
       <c r="Z134" s="1" t="s">
-        <v>1073</v>
+        <v>1055</v>
       </c>
       <c r="AA134" s="1" t="s">
-        <v>1074</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="135" spans="1:1024">
       <c r="A135" s="1" t="s">
-        <v>201</v>
+        <v>31</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>911</v>
+        <v>1057</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>912</v>
+        <v>1058</v>
       </c>
       <c r="D135" s="2" t="s">
-        <v>913</v>
+        <v>1059</v>
       </c>
       <c r="E135" s="1" t="s">
-        <v>913</v>
-[...2 lines deleted...]
-      <c r="G135" s="1"/>
+        <v>1059</v>
+      </c>
+      <c r="F135" s="1" t="s">
+        <v>1060</v>
+      </c>
+      <c r="G135" s="1" t="s">
+        <v>1061</v>
+      </c>
       <c r="H135" s="1"/>
       <c r="I135" s="1"/>
       <c r="J135" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K135" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L135" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M135" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N135" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O135" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P135" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q135" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R135" s="3" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="S135" s="1"/>
+        <v>39</v>
+      </c>
+      <c r="S135" s="1" t="s">
+        <v>78</v>
+      </c>
       <c r="T135" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U135" s="1"/>
       <c r="V135" s="3"/>
       <c r="W135" s="3" t="s">
-        <v>1075</v>
-[...1 lines deleted...]
-      <c r="X135" s="1"/>
+        <v>1062</v>
+      </c>
+      <c r="X135" s="1" t="s">
+        <v>1063</v>
+      </c>
       <c r="Y135" s="1" t="s">
-        <v>1075</v>
+        <v>1064</v>
       </c>
       <c r="Z135" s="1" t="s">
-        <v>1075</v>
+        <v>1064</v>
       </c>
       <c r="AA135" s="1" t="s">
-        <v>1076</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="136" spans="1:1024">
       <c r="A136" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>1077</v>
+        <v>1066</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>1078</v>
+        <v>1067</v>
       </c>
       <c r="D136" s="2" t="s">
-        <v>1079</v>
+        <v>1068</v>
       </c>
       <c r="E136" s="1" t="s">
-        <v>1079</v>
+        <v>1068</v>
       </c>
       <c r="F136" s="1" t="s">
-        <v>1080</v>
+        <v>1069</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>1081</v>
+        <v>1070</v>
       </c>
       <c r="H136" s="1"/>
       <c r="I136" s="1"/>
       <c r="J136" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K136" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L136" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M136" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N136" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O136" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P136" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q136" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R136" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S136" s="1" t="s">
-        <v>495</v>
+        <v>1071</v>
       </c>
       <c r="T136" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U136" s="1"/>
       <c r="V136" s="3"/>
       <c r="W136" s="3" t="s">
-        <v>1082</v>
+        <v>1072</v>
       </c>
       <c r="X136" s="1" t="s">
-        <v>1083</v>
+        <v>1073</v>
       </c>
       <c r="Y136" s="1" t="s">
-        <v>1084</v>
+        <v>1074</v>
       </c>
       <c r="Z136" s="1" t="s">
-        <v>1084</v>
+        <v>1074</v>
       </c>
       <c r="AA136" s="1" t="s">
-        <v>1085</v>
+        <v>1075</v>
       </c>
     </row>
     <row r="137" spans="1:1024">
       <c r="A137" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>1086</v>
+        <v>1076</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>1087</v>
+        <v>1077</v>
       </c>
       <c r="D137" s="2" t="s">
-        <v>1088</v>
+        <v>1068</v>
       </c>
       <c r="E137" s="1" t="s">
-        <v>1088</v>
+        <v>1068</v>
       </c>
       <c r="F137" s="1" t="s">
-        <v>1089</v>
+        <v>1069</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>1090</v>
+        <v>1070</v>
       </c>
       <c r="H137" s="1"/>
       <c r="I137" s="1"/>
       <c r="J137" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K137" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L137" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M137" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N137" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O137" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P137" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q137" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R137" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S137" s="1" t="s">
-        <v>1091</v>
+        <v>1071</v>
       </c>
       <c r="T137" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U137" s="1"/>
       <c r="V137" s="3"/>
       <c r="W137" s="3" t="s">
-        <v>1092</v>
+        <v>1072</v>
       </c>
       <c r="X137" s="1" t="s">
-        <v>1093</v>
+        <v>1078</v>
       </c>
       <c r="Y137" s="1" t="s">
-        <v>1094</v>
+        <v>1074</v>
       </c>
       <c r="Z137" s="1" t="s">
-        <v>1094</v>
+        <v>1074</v>
       </c>
       <c r="AA137" s="1" t="s">
-        <v>1095</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="138" spans="1:1024">
       <c r="A138" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>1096</v>
+        <v>1080</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>1097</v>
+        <v>1081</v>
       </c>
       <c r="D138" s="2" t="s">
-        <v>1088</v>
+        <v>1082</v>
       </c>
       <c r="E138" s="1" t="s">
-        <v>1088</v>
+        <v>1082</v>
       </c>
       <c r="F138" s="1" t="s">
-        <v>1089</v>
+        <v>1083</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>1090</v>
+        <v>1084</v>
       </c>
       <c r="H138" s="1"/>
       <c r="I138" s="1"/>
       <c r="J138" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K138" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L138" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M138" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N138" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O138" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P138" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q138" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R138" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S138" s="1" t="s">
-        <v>1091</v>
+        <v>1085</v>
       </c>
       <c r="T138" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U138" s="1"/>
       <c r="V138" s="3"/>
       <c r="W138" s="3" t="s">
-        <v>1092</v>
+        <v>1086</v>
       </c>
       <c r="X138" s="1" t="s">
-        <v>1098</v>
+        <v>1087</v>
       </c>
       <c r="Y138" s="1" t="s">
-        <v>1094</v>
+        <v>1088</v>
       </c>
       <c r="Z138" s="1" t="s">
-        <v>1094</v>
+        <v>1088</v>
       </c>
       <c r="AA138" s="1" t="s">
-        <v>1099</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="139" spans="1:1024">
       <c r="A139" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>1100</v>
+        <v>1090</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>1101</v>
+        <v>1091</v>
       </c>
       <c r="D139" s="2" t="s">
-        <v>1102</v>
+        <v>1092</v>
       </c>
       <c r="E139" s="1" t="s">
-        <v>1102</v>
+        <v>1092</v>
       </c>
       <c r="F139" s="1" t="s">
-        <v>1103</v>
+        <v>1093</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>1104</v>
+        <v>1094</v>
       </c>
       <c r="H139" s="1"/>
       <c r="I139" s="1"/>
       <c r="J139" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K139" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L139" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M139" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N139" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O139" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P139" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q139" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R139" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S139" s="1" t="s">
-        <v>1105</v>
+        <v>1071</v>
       </c>
       <c r="T139" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U139" s="1"/>
       <c r="V139" s="3"/>
       <c r="W139" s="3" t="s">
-        <v>1106</v>
+        <v>1095</v>
       </c>
       <c r="X139" s="1" t="s">
-        <v>1107</v>
+        <v>1096</v>
       </c>
       <c r="Y139" s="1" t="s">
-        <v>1108</v>
+        <v>1097</v>
       </c>
       <c r="Z139" s="1" t="s">
-        <v>1108</v>
+        <v>1097</v>
       </c>
       <c r="AA139" s="1" t="s">
-        <v>1109</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="140" spans="1:1024">
       <c r="A140" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>1110</v>
+        <v>1099</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>1111</v>
+        <v>1100</v>
       </c>
       <c r="D140" s="2" t="s">
-        <v>1112</v>
+        <v>1101</v>
       </c>
       <c r="E140" s="1" t="s">
-        <v>1112</v>
+        <v>1102</v>
       </c>
       <c r="F140" s="1" t="s">
-        <v>1113</v>
+        <v>1103</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>1114</v>
+        <v>1104</v>
       </c>
       <c r="H140" s="1"/>
       <c r="I140" s="1"/>
       <c r="J140" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K140" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L140" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M140" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N140" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O140" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P140" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q140" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="R140" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S140" s="1" t="s">
-        <v>1091</v>
+        <v>78</v>
       </c>
       <c r="T140" s="1" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="U140" s="1"/>
       <c r="V140" s="3"/>
       <c r="W140" s="3" t="s">
-        <v>1115</v>
+        <v>1105</v>
       </c>
       <c r="X140" s="1" t="s">
-        <v>1116</v>
+        <v>1106</v>
       </c>
       <c r="Y140" s="1" t="s">
-        <v>1117</v>
+        <v>1107</v>
       </c>
       <c r="Z140" s="1" t="s">
-        <v>1117</v>
+        <v>1107</v>
       </c>
       <c r="AA140" s="1" t="s">
-        <v>1118</v>
-[...74 lines deleted...]
-        <v>1128</v>
+        <v>1108</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A9:AA9"/>
   <mergeCells>
+    <mergeCell ref="L3:N3"/>
+    <mergeCell ref="L5:N5"/>
+    <mergeCell ref="L4:N4"/>
+    <mergeCell ref="L2:N2"/>
+    <mergeCell ref="L6:N6"/>
     <mergeCell ref="F1:G1"/>
-    <mergeCell ref="L2:N2"/>
-[...3 lines deleted...]
-    <mergeCell ref="L6:N6"/>
     <mergeCell ref="L7:N7"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7875" right="0.7875" top="1.0527777777778" bottom="1.0527777777778" header="0.7875" footer="0.7875"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" firstPageNumber="1" useFirstPageNumber="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
-    <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
-    <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
+    <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12 &amp;A</oddHeader>
+    <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12 Page &amp;P</oddFooter>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Post-authorisation</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>